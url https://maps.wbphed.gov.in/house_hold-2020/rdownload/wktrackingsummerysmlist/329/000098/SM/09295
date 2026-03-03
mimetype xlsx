--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1057,54 +1057,54 @@
       <c r="I5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>2.61</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.61</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1403,54 +1403,54 @@
       <c r="I11" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="4">
         <v>62.36</v>
       </c>
       <c r="Q11" s="4">
-        <v>45.09</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>72.32</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1464,54 +1464,54 @@
       <c r="I12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P12" s="4">
         <v>10.1</v>
       </c>
       <c r="Q12" s="4">
-        <v>20.19</v>
+        <v>10.1</v>
       </c>
       <c r="R12" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1525,54 +1525,54 @@
       <c r="I13" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P13" s="4">
         <v>108.26</v>
       </c>
       <c r="Q13" s="4">
-        <v>80.23</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>74.11</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>79</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1647,54 +1647,54 @@
       <c r="I15" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P15" s="4">
         <v>2.95</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.95</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>1</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1708,54 +1708,54 @@
       <c r="I16" s="13" t="s">
         <v>37</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>98</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="4">
         <v>6.34</v>
       </c>
       <c r="Q16" s="4">
-        <v>6.3</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.36</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1826,88 +1826,88 @@
       <c r="I18" s="13" t="s">
         <v>108</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P18" s="4">
         <v>127.19</v>
       </c>
       <c r="Q18" s="4">
-        <v>81.12</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>63.77</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>50</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>112</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>451.19</v>
       </c>
       <c r="P19" s="8">
-        <v>238.51</v>
+        <v>10.1</v>
       </c>
       <c r="Q19" s="8">
-        <v>52.86</v>
+        <v>2.24</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>