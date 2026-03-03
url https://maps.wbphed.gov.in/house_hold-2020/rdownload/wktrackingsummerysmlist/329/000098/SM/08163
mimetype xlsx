--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1549,54 +1549,54 @@
       <c r="I12" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P12" s="4">
         <v>4.96</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.94</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.73</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1610,54 +1610,54 @@
       <c r="I13" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P13" s="4">
         <v>4.81</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.81</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2678,54 +2678,54 @@
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="7" t="s">
         <v>145</v>
       </c>
       <c r="B32" s="7"/>
       <c r="C32" s="7"/>
       <c r="D32" s="7"/>
       <c r="E32" s="11"/>
       <c r="F32" s="7"/>
       <c r="G32" s="7"/>
       <c r="H32" s="14"/>
       <c r="I32" s="14"/>
       <c r="J32" s="14"/>
       <c r="K32" s="8"/>
       <c r="L32" s="8"/>
       <c r="M32" s="8"/>
       <c r="N32" s="8"/>
       <c r="O32" s="8">
         <v>361.14</v>
       </c>
       <c r="P32" s="8">
-        <v>9.75</v>
+        <v>0</v>
       </c>
       <c r="Q32" s="8">
-        <v>2.7</v>
+        <v>0</v>
       </c>
       <c r="R32" s="8"/>
       <c r="S32" s="8"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A32:N32"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>