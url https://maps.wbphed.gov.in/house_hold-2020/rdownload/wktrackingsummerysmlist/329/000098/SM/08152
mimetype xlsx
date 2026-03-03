--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1703,88 +1703,88 @@
       <c r="I17" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P17" s="4">
         <v>35.34</v>
       </c>
       <c r="Q17" s="4">
-        <v>30.31</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>85.78</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>176.02</v>
       </c>
       <c r="P18" s="8">
-        <v>30.31</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>17.22</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>