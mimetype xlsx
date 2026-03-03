--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1493,54 +1493,54 @@
       <c r="I13" s="13" t="s">
         <v>65</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>66</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P13" s="4">
         <v>4.76</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.53</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>95.06</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2101,54 +2101,54 @@
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>169.19</v>
       </c>
       <c r="P24" s="8">
-        <v>4.53</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>2.68</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>