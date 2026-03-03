--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1611,88 +1611,88 @@
       <c r="I16" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P16" s="4">
         <v>6.28</v>
       </c>
       <c r="Q16" s="4">
-        <v>2.65</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>42.21</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>245.56</v>
       </c>
       <c r="P17" s="8">
-        <v>2.65</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>1.08</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>