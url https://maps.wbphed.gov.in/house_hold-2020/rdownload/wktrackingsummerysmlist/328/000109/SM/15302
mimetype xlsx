--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -168,50 +168,74 @@
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
   </si>
   <si>
     <t>New Service Connection Charge for PORAJHAR, T/W No. I, under SHIVMANDIR CCC [APPLICATION NO. 4003332364 , Reference ID : 403156961]</t>
   </si>
   <si>
     <t>BILL/02007/2023-2024</t>
   </si>
   <si>
     <t>Laying distribution system,risingmain,installation of iron elemination plant, pump houses ,boundary walls ,functional house hold tap connection (FHTC) and other allied works under Jal Jeevan Mission (JJM) for Augmentation of PORJHAR Piped Water Supply Scheme under Rajganj Block under Siliguri Sub Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000111/2023-2024</t>
   </si>
   <si>
     <t>1158/SWSD</t>
   </si>
   <si>
     <t>09/08/2023</t>
   </si>
   <si>
     <t>30/12/2025</t>
   </si>
   <si>
     <t>AKASH ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for AUGMENTATION OF PORJHAR PWSS,ZONE-I,TW NO-I AND ZONE-II,TW NO-I in the district of Jalpaiguri under Northern Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000355/2023-2024</t>
+  </si>
+  <si>
+    <t>1316/NMD</t>
+  </si>
+  <si>
+    <t>04/08/2023</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>S.D. CONCERN WORKSHOP</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -600,51 +624,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1009,87 +1033,148 @@
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>356.29</v>
       </c>
       <c r="Q7" s="4">
         <v>101.93</v>
       </c>
       <c r="R7" s="4">
         <v>28.61</v>
       </c>
       <c r="S7" s="4">
         <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="7" t="s">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="B8" s="7"/>
-[...22 lines deleted...]
-      <c r="S8" s="8"/>
+      <c r="I8" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" s="4">
+        <v>23.48</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>17.94</v>
+      </c>
+      <c r="R8" s="4">
+        <v>76.44</v>
+      </c>
+      <c r="S8" s="4">
+        <v>100</v>
+      </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="14"/>
+      <c r="I9" s="14"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="8"/>
+      <c r="O9" s="8">
+        <v>424.82</v>
+      </c>
+      <c r="P9" s="8">
+        <v>122.65</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>28.87</v>
+      </c>
+      <c r="R9" s="8"/>
+      <c r="S9" s="8"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>