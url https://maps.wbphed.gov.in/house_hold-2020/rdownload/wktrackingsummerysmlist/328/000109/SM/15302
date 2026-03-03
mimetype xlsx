--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -844,54 +844,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>2.77</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.77</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>30</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1019,54 +1019,54 @@
       <c r="I7" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>356.29</v>
       </c>
       <c r="Q7" s="4">
-        <v>101.93</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>28.61</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1080,88 +1080,88 @@
       <c r="I8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>23.48</v>
       </c>
       <c r="Q8" s="4">
-        <v>17.94</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>76.44</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>424.82</v>
       </c>
       <c r="P9" s="8">
-        <v>122.65</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>28.87</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>