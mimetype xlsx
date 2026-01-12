--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -212,51 +212,51 @@
   <si>
     <t>1820/JD</t>
   </si>
   <si>
     <t>14/12/2023</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>UNIBRO INFRASERV PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for PAHARPUR PIPED WATER SUPPLY SCHEME , ZONE-I, TW No I and II in the district of Jalpaiguri under Northern Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001416/2023-2024</t>
   </si>
   <si>
     <t>487/NMD</t>
   </si>
   <si>
     <t>12/02/2024</t>
   </si>
   <si>
-    <t>13/03/2024</t>
+    <t>02/12/2025</t>
   </si>
   <si>
     <t>SUMON ELECTRICAL</t>
   </si>
   <si>
     <t>Construction of Boundary Wall, Foot Path, Drain including interconnection work at HW site of Paharpur Zone-I PWSS in connection with Jal Jeevan Mission at Sadar Block under Jalpaiguri Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000531/2024-2025</t>
   </si>
   <si>
     <t>113/JD</t>
   </si>
   <si>
     <t>16/01/2025</t>
   </si>
   <si>
     <t>25/02/2025</t>
   </si>
   <si>
     <t>TEESTA CO OPERATIVE LABOUR CONTRACT AND CONSTRUCTION SOCITY LIMITED.</t>
   </si>
   <si>
     <t>Yard lighting arrangement at Head Work Site for Different PWSS under JJM in the BLOCK: JALPAIGURI SADAR, DISTRICT: JALPAIGURI under Northern Mechanical Division, P.H.E. Dte.</t>
   </si>