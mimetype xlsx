--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -959,54 +959,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>108.29</v>
       </c>
       <c r="Q4" s="4">
-        <v>17.91</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>16.54</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>60</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1022,54 +1022,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>4.93</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.9</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.29</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>90</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1262,54 +1262,54 @@
       <c r="I9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>616.92</v>
       </c>
       <c r="Q9" s="4">
-        <v>141.91</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1325,54 +1325,54 @@
       <c r="I10" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>23.55</v>
       </c>
       <c r="Q10" s="4">
-        <v>19.16</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>81.38</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1670,54 +1670,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1465.85</v>
       </c>
       <c r="P16" s="8">
-        <v>183.88</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>12.54</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>