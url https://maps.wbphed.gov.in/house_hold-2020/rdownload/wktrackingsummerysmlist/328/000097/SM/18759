--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -365,96 +365,105 @@
   <si>
     <t>ORD/000327/2023-2024</t>
   </si>
   <si>
     <t>1352/JD</t>
   </si>
   <si>
     <t>Balance Work of Distribution System for Saptibari Zone- II Piped Water Supply Scheme within Maynaguri Block under Jalpaiguri Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000071/2024-2025</t>
   </si>
   <si>
     <t>987/JD</t>
   </si>
   <si>
     <t>14/08/2024</t>
   </si>
   <si>
     <t>09/08/2025</t>
   </si>
   <si>
     <t>MONOJ GHOSH</t>
   </si>
   <si>
-    <t>Construction of Boundary Wall, Foot Path, Drain, Pipeline for Washout at HW Site Saptibari Zone-I PWSS in connection with Jal Jeevan Mission at Block - Maynaguri Block under Jalpaiguri Division, P.H.E. Dte.</t>
-[...10 lines deleted...]
-  <si>
     <t>Balance Work of Distribution System for Saptibari Zone- III Piped Water Supply Scheme within Maynaguri Block under Jalpaiguri Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000188/2024-2025</t>
   </si>
   <si>
     <t>1534/JD</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>KAMALESH SEN</t>
   </si>
   <si>
     <t>Balance Work of Distribution System for Saptibari Zone-I Piped Water Supply Scheme within Maynaguri Block under Jalpaiguri Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000674/2024-2025</t>
   </si>
   <si>
     <t>486/JD</t>
   </si>
   <si>
     <t>11/03/2025</t>
   </si>
   <si>
     <t>09/07/2025</t>
   </si>
   <si>
     <t>DIPAK KUMAR CHAKRABORTY</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for SAPTIBARI PWSS, ZONE-I,II,III AT TW NO I,II in the district of JALPAIGURI under Northern Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer , Head Quarters , NMD</t>
+  </si>
+  <si>
+    <t>ORD/000738/2023-2024</t>
+  </si>
+  <si>
+    <t>1553/NMD</t>
+  </si>
+  <si>
+    <t>04/09/2023</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>EASTERN INDIA SALES &amp; SERVICE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2212,226 +2221,226 @@
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H23" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="O23" s="4" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="P23" s="4">
-        <v>23.41</v>
+        <v>52.66</v>
       </c>
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H24" s="13" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K24" s="4" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="L24" s="4" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="O24" s="4" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="P24" s="4">
-        <v>52.66</v>
+        <v>71.83</v>
       </c>
       <c r="Q24" s="4">
         <v>0</v>
       </c>
       <c r="R24" s="4">
         <v>0</v>
       </c>
       <c r="S24" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="13" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="I25" s="13" t="s">
-        <v>35</v>
+        <v>130</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K25" s="4" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="L25" s="4" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="O25" s="4" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="P25" s="4">
-        <v>71.83</v>
+        <v>67.81</v>
       </c>
       <c r="Q25" s="4">
-        <v>0</v>
+        <v>60.14</v>
       </c>
       <c r="R25" s="4">
-        <v>0</v>
+        <v>88.69</v>
       </c>
       <c r="S25" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
-        <v>1916.51</v>
+        <v>1960.9</v>
       </c>
       <c r="P26" s="8">
-        <v>776.44</v>
+        <v>836.57</v>
       </c>
       <c r="Q26" s="8">
-        <v>40.51</v>
+        <v>42.66</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>