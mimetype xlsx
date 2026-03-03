--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1143,54 +1143,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>6.97</v>
       </c>
       <c r="Q5" s="4">
-        <v>5.62</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>80.58</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1206,54 +1206,54 @@
       <c r="I6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>7.24</v>
       </c>
       <c r="Q6" s="4">
-        <v>7.23</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.82</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1269,54 +1269,54 @@
       <c r="I7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>7.24</v>
       </c>
       <c r="Q7" s="4">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>96.71</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1981,54 +1981,54 @@
       <c r="I19" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P19" s="4">
         <v>445.3</v>
       </c>
       <c r="Q19" s="4">
-        <v>317.61</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>71.33</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>90</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2044,54 +2044,54 @@
       <c r="I20" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P20" s="4">
         <v>571.97</v>
       </c>
       <c r="Q20" s="4">
-        <v>214.5</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>37.5</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>90</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2107,54 +2107,54 @@
       <c r="I21" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P21" s="4">
         <v>432.29</v>
       </c>
       <c r="Q21" s="4">
-        <v>224.47</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>51.93</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>79</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2359,88 +2359,88 @@
       <c r="I25" s="13" t="s">
         <v>130</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P25" s="4">
         <v>67.81</v>
       </c>
       <c r="Q25" s="4">
-        <v>60.14</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>88.69</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>1960.9</v>
       </c>
       <c r="P26" s="8">
-        <v>836.57</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>42.66</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>