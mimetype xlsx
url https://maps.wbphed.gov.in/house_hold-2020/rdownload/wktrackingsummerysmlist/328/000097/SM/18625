--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -915,54 +915,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>346.56</v>
       </c>
       <c r="Q3" s="4">
-        <v>100.54</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>29.01</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>35</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1096,54 +1096,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P6" s="4">
         <v>335.88</v>
       </c>
       <c r="Q6" s="4">
-        <v>61.22</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>18.23</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>25</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1572,54 +1572,54 @@
       <c r="I14" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P14" s="4">
         <v>43.27</v>
       </c>
       <c r="Q14" s="4">
-        <v>29.47</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>68.12</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>85</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1698,54 +1698,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P16" s="4">
         <v>0.88</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.91</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>103.2</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1761,54 +1761,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P17" s="4">
         <v>0.2</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>26.53</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1858,54 +1858,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1442.41</v>
       </c>
       <c r="P19" s="8">
-        <v>192.2</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>13.32</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>