--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1370,54 +1370,54 @@
       <c r="I10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="4">
         <v>0.88</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.22</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>251.97</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1908,54 +1908,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>112</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>915.18</v>
       </c>
       <c r="P19" s="8">
-        <v>2.22</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>