--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -107,153 +107,153 @@
   <si>
     <t>PATKATA ZONE-II PIPED WATER SUPPLY SCHEME</t>
   </si>
   <si>
     <t>SM/18360</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000076/2023-2024</t>
   </si>
   <si>
     <t>1079/JD</t>
   </si>
   <si>
     <t>24/08/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Construction of different components of Patkata Zone- II Piped Water Supply Scheme i.e TW, Pump House, Water Distribution Network, OHR, Rising Main, FHTC etc. In connection with Jal Jeevan Mission at Block- Jalpaiguri Sadar under jalpaiguri Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000445/2023-2024</t>
+  </si>
+  <si>
+    <t>1707/JD</t>
+  </si>
+  <si>
+    <t>04/12/2023</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
+  </si>
+  <si>
+    <t>M/S KAMAK ENGINEERS AND CO.</t>
+  </si>
+  <si>
     <t>Northern Mechanical</t>
   </si>
   <si>
+    <t>Supply and Delivery of C.I special for attending breakdown maintanance as when as required at t/w no-I (zone-II)of PATKATA and other adjacent W/S Scheme under JJM WORKS in the Dist of JALPAIGURI.</t>
+  </si>
+  <si>
+    <t>ORD/001704/2023-2024</t>
+  </si>
+  <si>
+    <t>437/SMSD</t>
+  </si>
+  <si>
+    <t>28/03/2024</t>
+  </si>
+  <si>
+    <t>04/04/2024</t>
+  </si>
+  <si>
+    <t>M/S PALIDEB ENGINEERING WORKS</t>
+  </si>
+  <si>
+    <t>RTOR000145/2023-2024</t>
+  </si>
+  <si>
+    <t>2000/JD</t>
+  </si>
+  <si>
+    <t>08/01/2024</t>
+  </si>
+  <si>
+    <t>New Service Connection Charge for PATKATA, ZONE-II, T/W-II under UKILPARA MASKALAIBARI CCC APPLICATION NO. 4003341677 Reference ID : 403172273</t>
+  </si>
+  <si>
+    <t>BILL/00309/2024-2025</t>
+  </si>
+  <si>
+    <t>BP/24-25/43</t>
+  </si>
+  <si>
+    <t>28/05/2024</t>
+  </si>
+  <si>
+    <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>New Service Connection Charge for PATKATA, ZONE-II, T/W-III under UKILPARA MASKALAIBARI CCC APPLICATION NO. 4003365627 Reference ID : 403187095</t>
+  </si>
+  <si>
+    <t>BILL/00308/2024-2025</t>
+  </si>
+  <si>
+    <t>New Service Connection Charge for PATKATA, ZONE-II, T/W- I, under UKILPARA MASKALAIBARI CCC, [APPLICATION NO. 4003341680, Reference ID : 403172795]</t>
+  </si>
+  <si>
+    <t>BILL/02148/2023-2024</t>
+  </si>
+  <si>
+    <t>BP/23-24/324</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for PATKATA PWSS ZONE-II in the district of Jalpaiguri under Northern Mechanical Division, PHE Dte.</t>
   </si>
   <si>
-    <t>Assistant Engineer</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000464/2023-2024</t>
   </si>
   <si>
     <t>1440/NMD</t>
   </si>
   <si>
     <t>10/08/2023</t>
   </si>
   <si>
-    <t>09/09/2023</t>
+    <t>31/10/2025</t>
   </si>
   <si>
     <t>SUMON ELECTRICAL</t>
-  </si>
-[...76 lines deleted...]
-    <t>15/03/2024</t>
   </si>
   <si>
     <t>Construction of Boundary Wall, Foot Path, Drain including interconnection work at H/W site of Patkata Zone-II PWSS in connection with Jal Jeevan Mission at Sadar Block under Jalpaiguri Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000549/2024-2025</t>
   </si>
   <si>
     <t>114/JD</t>
   </si>
   <si>
     <t>16/01/2025</t>
   </si>
   <si>
     <t>25/02/2025</t>
   </si>
   <si>
     <t>DOMOHANI YOUNG CO-OPLAB.CONT.&amp;CONST SO. LTD</t>
   </si>
   <si>
     <t>Distribution System and Functional Household Tap Connection (FHTC) for Patkata Zone-II Piped Water Supply Scheme within Jalpaiguri Sadar Block under Jalpaiguri Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>ORD/000024/2024-2025</t>
   </si>
@@ -920,492 +920,492 @@
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="I4" s="13" t="s">
+      <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="J4" s="13" t="s">
+      <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="N4" s="4" t="s">
+      <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="O4" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>36.33</v>
+        <v>650.27</v>
       </c>
       <c r="Q4" s="4">
-        <v>29.21</v>
+        <v>215.91</v>
       </c>
       <c r="R4" s="4">
-        <v>80.38</v>
+        <v>33.2</v>
       </c>
       <c r="S4" s="4">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="I5" s="13" t="s">
+      <c r="I5" s="13"/>
+      <c r="J5" s="13" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
-        <v>650.27</v>
+        <v>0.73</v>
       </c>
       <c r="Q5" s="4">
-        <v>215.91</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>33.2</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="I6" s="13"/>
-[...3 lines deleted...]
-      <c r="K6" s="4" t="s">
+      <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="M6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N6" s="4" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="P6" s="4">
-        <v>0.73</v>
+        <v>26.02</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="N7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="M7" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>26.02</v>
+        <v>4.2</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="P8" s="4">
-        <v>4.2</v>
+        <v>3.9</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="P9" s="4">
-        <v>3.9</v>
+        <v>5.12</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="L10" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="I10" s="13"/>
-[...1 lines deleted...]
-      <c r="K10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="M10" s="4" t="s">
+      <c r="O10" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="N10" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>5.12</v>
+        <v>36.33</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>29.21</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>80.38</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I11" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="J11" s="13" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>23.77</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
@@ -1421,117 +1421,117 @@
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I12" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="J12" s="13" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>152.08</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>78</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>55.65</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
@@ -1591,69 +1591,69 @@
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>79</v>
       </c>
       <c r="J15" s="13" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P15" s="4">
         <v>547.59</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>