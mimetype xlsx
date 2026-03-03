--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -959,54 +959,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>650.27</v>
       </c>
       <c r="Q4" s="4">
-        <v>215.91</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>33.2</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>65</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1319,54 +1319,54 @@
       <c r="I10" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P10" s="4">
         <v>36.33</v>
       </c>
       <c r="Q10" s="4">
-        <v>29.21</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>80.38</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1664,54 +1664,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1556.64</v>
       </c>
       <c r="P16" s="8">
-        <v>245.11</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>15.75</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>