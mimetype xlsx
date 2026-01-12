--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -131,177 +131,177 @@
   <si>
     <t>28/07/2023</t>
   </si>
   <si>
     <t>24/01/2024</t>
   </si>
   <si>
     <t>R.S CONSTRUCTION</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000074/2023-2024</t>
   </si>
   <si>
     <t>1083/JD</t>
   </si>
   <si>
     <t>24/08/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Execution of Wall writing for creating awareness program in connection with Jal Jeevan Mission for Kranti, Matiali, Nagrakata &amp; balance of Mal Block under Jalpaiguri Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000092/2024-2025</t>
+  </si>
+  <si>
+    <t>1177/JD</t>
+  </si>
+  <si>
+    <t>23/08/2024</t>
+  </si>
+  <si>
+    <t>27/10/2024</t>
+  </si>
+  <si>
+    <t>RANGALIBAZNA UNEMPLOYED YOUTH WELFARE SOCIETY</t>
+  </si>
+  <si>
+    <t>RTOR000140/2023-2024</t>
+  </si>
+  <si>
+    <t>2075/JD</t>
+  </si>
+  <si>
+    <t>10/01/2024</t>
+  </si>
+  <si>
+    <t>SOIL TEST CONDUCTION AND SUBMISSION OF REPORT FOR 42 NOS. SITE AT DIFFERENT HEAD WORKS OF DIFFERENT PIPED WATER SUPPLY SCHEMES LOCATED AT JALPAIGURI SADAR BLOCK,MAYNAURI BLOCK AND KRANTI BLOCK UNDER JALPAIGURI DIVISION ,P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>BILL/01426/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2024-25-1</t>
+  </si>
+  <si>
+    <t>03/04/2024</t>
+  </si>
+  <si>
+    <t>DR. AMBARISH GHOSH</t>
+  </si>
+  <si>
     <t>Northern Mechanical</t>
   </si>
   <si>
+    <t>Infrastructure development cost for new service connection at BASUSUBA, ZONE-I,TW NO-II, KRANTI CCC APPLICATION NO. 100000105734 Reference ID : 860297934</t>
+  </si>
+  <si>
+    <t>BILL/00237/2024-2025</t>
+  </si>
+  <si>
+    <t>BP/24-25/25</t>
+  </si>
+  <si>
+    <t>09/05/2024</t>
+  </si>
+  <si>
+    <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>New Service Connection Charge for BASUSUBA, ZONE-I,TW NO-I, KRANTI CCC APPLICATION NO. 4003391439 Reference ID : 403203861</t>
+  </si>
+  <si>
+    <t>BILL/00234/2024-2025</t>
+  </si>
+  <si>
+    <t>New Service Connection Charge for BASUSUBA, ZONE-III,TW NO-I, KRANTI CCC APPLICATION NO. 4003391480 Reference ID : 403203860</t>
+  </si>
+  <si>
+    <t>BILL/00238/2024-2025</t>
+  </si>
+  <si>
+    <t>Infrastructure development cost for new service connection at BASUSUBA, ZONE-I,TW NO-I, KRANTI CCC APPLICATION NO. 100000105733 Reference ID : 860297933</t>
+  </si>
+  <si>
+    <t>BILL/00235/2024-2025</t>
+  </si>
+  <si>
+    <t>Infrastructure development cost for new service connection at BASUSUBA, ZONE-III,TW NO-I, KRANTI CCC APPLICATION NO. 100000105735 Reference ID : 860297935</t>
+  </si>
+  <si>
+    <t>BILL/00239/2024-2025</t>
+  </si>
+  <si>
+    <t>New Service Connection Charge for BASUSUBA, ZONE-I,TW NO-II, KRANTI CCC APPLICATION NO. 4003391463 Reference ID : 403203857</t>
+  </si>
+  <si>
+    <t>BILL/00236/2024-2025</t>
+  </si>
+  <si>
+    <t>Construction of different components of Basusuba Zone-III PWSS i.e. TW, Pump Houses, Water distribution Network, OHR, Boundary wall, RISING MAIN, FHTC etc. In connection with JJM at Block-Kranti under Jalpaiguri Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer,Junior Engineer 2</t>
+  </si>
+  <si>
+    <t>ORD/000180/2023-2024</t>
+  </si>
+  <si>
+    <t>846/JD</t>
+  </si>
+  <si>
+    <t>01/09/2026</t>
+  </si>
+  <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for BASUSUBA PWSS in the district of Jalpaiguri under Northern Mechanical Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer , Head Quarters , NMD</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000446/2023-2024</t>
   </si>
   <si>
     <t>1385/NMD</t>
   </si>
   <si>
     <t>09/08/2023</t>
   </si>
   <si>
     <t>08/09/2023</t>
   </si>
   <si>
     <t>M/S RATAN KUMAR DASGUPTA AND CO.</t>
-  </si>
-[...100 lines deleted...]
-    <t>01/09/2026</t>
   </si>
   <si>
     <t>Construction of different components of Basusuba (Zone-I) PWSS i.e. TW, Pump Houses, Water distribution Network, OHR, Boundary wall, RISING MAIN, FHTC etc. in connection with Jal Jeevan Mission at Block- Kranti under Jalpaiguri Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000179/2023-2024</t>
   </si>
   <si>
     <t>850/JD.</t>
   </si>
   <si>
     <t>Solarisation of WBSEDCL Energised Electrical Installation at different piped water supply schemes in connection with Jal Jeevan Mission in the Jalpaiguri District( Mal Block) under Northern Mechanical Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000003/2025-2026</t>
   </si>
   <si>
     <t>962/NMD</t>
   </si>
   <si>
     <t>03/04/2025</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
@@ -983,854 +983,854 @@
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="I5" s="13" t="s">
+      <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="J5" s="13" t="s">
+      <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="K5" s="4" t="s">
+      <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="L5" s="4" t="s">
+      <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="M5" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P5" s="4">
-        <v>40.19</v>
+        <v>28.65</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="P6" s="4">
-        <v>28.65</v>
+        <v>17.38</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="P7" s="4">
-        <v>17.38</v>
+        <v>44.43</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="L8" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P8" s="4">
-        <v>44.43</v>
+        <v>4.29</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="P9" s="4">
-        <v>4.29</v>
+        <v>0.69</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="P10" s="4">
         <v>0.69</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="P11" s="4">
-        <v>0.69</v>
+        <v>4.19</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="P12" s="4">
-        <v>4.19</v>
+        <v>6.72</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="P13" s="4">
-        <v>6.72</v>
+        <v>0.69</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="J14" s="13"/>
+        <v>69</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>70</v>
+      </c>
       <c r="K14" s="4" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="P14" s="4">
-        <v>0.69</v>
+        <v>368.89</v>
       </c>
       <c r="Q14" s="4">
-        <v>0</v>
+        <v>144.41</v>
       </c>
       <c r="R14" s="4">
-        <v>0</v>
+        <v>39.15</v>
       </c>
       <c r="S14" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="K15" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="I15" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J15" s="13" t="s">
+      <c r="L15" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="K15" s="4" t="s">
+      <c r="M15" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="N15" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="M15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="N15" s="4" t="s">
+      <c r="O15" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="O15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P15" s="4">
-        <v>368.89</v>
+        <v>40.19</v>
       </c>
       <c r="Q15" s="4">
-        <v>144.41</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>39.15</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P16" s="4">
         <v>200.42</v>
       </c>
       <c r="Q16" s="4">
         <v>67.6</v>
       </c>
       <c r="R16" s="4">
         <v>33.73</v>
       </c>
       <c r="S16" s="4">
         <v>37</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>85</v>
       </c>
       <c r="I17" s="13" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P17" s="4">
         <v>132.34</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="J18" s="13" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P18" s="4">
         <v>12.16</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>