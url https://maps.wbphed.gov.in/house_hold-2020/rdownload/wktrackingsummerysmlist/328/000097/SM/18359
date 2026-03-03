--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1555,54 +1555,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P14" s="4">
         <v>368.89</v>
       </c>
       <c r="Q14" s="4">
-        <v>144.41</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>39.15</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>40</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1681,54 +1681,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P16" s="4">
         <v>200.42</v>
       </c>
       <c r="Q16" s="4">
-        <v>67.6</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>33.73</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>37</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1841,54 +1841,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1226.33</v>
       </c>
       <c r="P19" s="8">
-        <v>212.01</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>17.29</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>