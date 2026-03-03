--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -467,318 +467,303 @@
   <si>
     <t>BP-2024-25-182</t>
   </si>
   <si>
     <t>Supply of Engine oil, Gear Oil and Kool plus Bill for the Month of April,2024 vide Vehicle No-WMA-2539 under Assistant Engineer RWS, Jalpaiguri RWS Sub Division, PHE Dte</t>
   </si>
   <si>
     <t>BILL/00324/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-181</t>
   </si>
   <si>
     <t>Bill for supply of fuel (HSD) for the official vehicle of Office of the Assistant Engineer , Jalpaiguri Sadar Sub Division, PHE Dte. for the month July'2024 (Vehicle No. WB 78 3405)</t>
   </si>
   <si>
     <t>BILL/00523/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-294</t>
   </si>
   <si>
     <t>14/08/2024</t>
   </si>
   <si>
+    <t>Construction of different components of Oodlabari Tea Garden (Zone-II) PWSS i.e. TW, Pump Houses, OHR, Boundary Walls, Water Distribution Network, FHTC, Rising Main etc. in connection with Jal Jeevan Mission at Block - Mal under Jalpaiguri Division, P.H.E.Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000158/2023-2024</t>
+  </si>
+  <si>
+    <t>800/JD.</t>
+  </si>
+  <si>
+    <t>24/07/2023</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>GHANASHYAM SARKAR</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for ODLABARI TEA GARDEN PWSS,at TW NO I,II,III in the district of Jalpaiguri under Northern Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer , Head Quarters , NMD</t>
+  </si>
+  <si>
+    <t>ORD/000757/2023-2024</t>
+  </si>
+  <si>
+    <t>1585/NMD</t>
+  </si>
+  <si>
+    <t>08/09/2023</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>CHOWDHURY AND BASU ENTERPRISE</t>
+  </si>
+  <si>
+    <t>ORD/000212/2024-2025</t>
+  </si>
+  <si>
+    <t>137/JSSD</t>
+  </si>
+  <si>
+    <t>27/09/2024</t>
+  </si>
+  <si>
+    <t>Supply of 1 (one) Maxi Cab with engine capacity less than or equal to 2000 C.C. on monthly basis including driver under Office of the Assistant Engineer, Jalpaiguri sadar sub Division, P.H.E. Dte.(with valid Taxi permit) for supervision and different works at different blocks under Jal Jeevan Mission. Period from 01/08/2024 to 31/01/2025.</t>
+  </si>
+  <si>
+    <t>ORD/000093/2024-2025</t>
+  </si>
+  <si>
+    <t>125/JSSD</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>18/01/2025</t>
+  </si>
+  <si>
+    <t>Supply of 1 (one) Maxi Cab with engine capacity less than or equal to 2000 C.C. on monthly basis including driver under Office of the Assistant Engineer, Jalpaiguri sadar sub Division, P.H.E. Dte. (with valid Taxi permit) for supervision and inspection of different works at different blocks under Jal Jeevan Mission.(w.e.f 1st August 2024 to 31st January 2025)</t>
+  </si>
+  <si>
+    <t>ORD/000112/2024-2025</t>
+  </si>
+  <si>
+    <t>142/1/JSSD</t>
+  </si>
+  <si>
+    <t>29/01/2025</t>
+  </si>
+  <si>
+    <t>Execution of Wall writing for creating awareness program in connection with Jal Jeevan Mission for Mal Block under Jalpaiguri Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000060/2024-2025</t>
+  </si>
+  <si>
+    <t>943/JD</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>Supply of 1 (one) Maxi Cab with engine capacity less than or equal to 2000 C.C.on monthly basis including driver under Office of the Assistant Engineer, Jalpaiguri Sadar Sub Division, P.H.E. Dte. (with valid Taxi permit) for supervision and inspection of different works at different blocks under JJM From 01.09.2024 to 28.02.2025 (Vehicle No.: - WB 76 9978)</t>
+  </si>
+  <si>
+    <t>ORD/000159/2024-2025</t>
+  </si>
+  <si>
+    <t>206/JSSD</t>
+  </si>
+  <si>
+    <t>30/08/2024</t>
+  </si>
+  <si>
+    <t>28/02/2025</t>
+  </si>
+  <si>
+    <t>Continuation of Supply of 1 (one) Maxi Cab with engine capacity less than or equal to 2000 C.C. on monthly basis including driver under Office of the Assistant Engineer, Jalpaiguri sadar sub Division, P.H.E. Dte. (with valid Taxi permit) for supervision and inspection of different works at different blocks under JJM. (Vehicle No-WB 71B 9586) w.e.f. 1.02.2025-31.07.2025.</t>
+  </si>
+  <si>
+    <t>ORD/000703/2024-2025</t>
+  </si>
+  <si>
+    <t>434/JSSD</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
+  </si>
+  <si>
+    <t>31/07/2025</t>
+  </si>
+  <si>
+    <t>Hiring of 1 (One) Number Maxi Cab (Inspection Vehicle)with engine capacity less than or equal to 2000 C.C. on hire basis including driver and fuel in good condition under the Assistant Engineer, Jalpaiguri Sadar Sub Division, P.H.E. Dte. for inspection of different PWSS under Mal, Kranti, Matiali, Nagrakata, Banarhat, Dhupguri &amp; other Blocks. (For the period from 01/05/2025 to 30/06/2025)</t>
+  </si>
+  <si>
+    <t>ORD/000037/2025-2026</t>
+  </si>
+  <si>
+    <t>824/JD</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>PARAMJYOTI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Solarisation of WBSEDCL Energised Electrical Installation at different piped water supply schemes in connection with Jal Jeevan Mission in the Jalpaiguri District( Mal Block) under Northern Mechanical Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000003/2025-2026</t>
+  </si>
+  <si>
+    <t>962/NMD</t>
+  </si>
+  <si>
+    <t>03/04/2025</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>SILIGURI VYAPAR PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Continuation work of " Supply of 1 (one) Maxi Cab with engine capacity less than or equal to 2000 C.C. on monthly basis including driver under Office of the Assistant Engineer, Jalpaiguri sadar sub Division, P.H.E. Dte.(with valid Taxi permit) for supervision and different works at different blocks under Jal Jeevan Mission". Period from 01.02.2025 to 31.07.2025. (Vichle No. WB 78 3405)</t>
+  </si>
+  <si>
+    <t>ORD/000696/2024-2025</t>
+  </si>
+  <si>
+    <t>418/JSSD</t>
+  </si>
+  <si>
+    <t>28/01/2025</t>
+  </si>
+  <si>
+    <t>28/07/2025</t>
+  </si>
+  <si>
+    <t>Supply of 1 (one) Maxi Cab with engine capacity less than or equal to 2000 C.C. on monthly basis including driver under Office of the Assistant Engineer, Jalpaiguri sadar sub Division, P.H.E. Dte. (with valid Taxi permit) for supervision and inspection of different works at different blocks under Jal Jeevan Mission.(w.e.f 1st February 2025 to 31st July 2025)</t>
+  </si>
+  <si>
+    <t>ORD/000697/2024-2025</t>
+  </si>
+  <si>
+    <t>417/JSSD</t>
+  </si>
+  <si>
+    <t>Continuation Order for the Work "Hiring of 1 (One) Number Maxi Cab with engine capacity less than or equal to 2000 C.C. on hire basis including driver and fuel in good condition used as an Inspection Vehicle of Assistant Engineer, Jalpaiguri Sadar Sub Division, P.H.E. Dte. (For the period from 01/07/2025 to 31/07/2025)"</t>
+  </si>
+  <si>
+    <t>ORD/000122/2025-2026</t>
+  </si>
+  <si>
+    <t>1498/JD</t>
+  </si>
+  <si>
+    <t>Continuation Order for the Work "Hiring of 1 (One) Number Maxi Cab (Inspection Vehicle) with engine capacity less than or equal to 2000 C.C. on hire basis including driver and fuel in good condition under the Assistant Engineer, Jalpaiguri Sadar Sub Division, P.H.E. Dte. for inspection of different PWSS under Mal, Kranti, Matiali, Nagrakata, Banarhat, Dhupguri &amp; other Blocks. (For the period from 01/07/2025 to 31/07/2025)"</t>
+  </si>
+  <si>
+    <t>ORD/000127/2025-2026</t>
+  </si>
+  <si>
+    <t>1503/JD</t>
+  </si>
+  <si>
+    <t>Hiring of 1 (One) Number Maxi Cab with engine capacity less than or equal to 2000 C.C. on hire basis including driver and fuel in good condition used as an Inspection Vehicle of Assistant Engineer, Jalpaiguri Sadar Sub Division, P.H.E. Dte. (For the period from 01/05/2025 to 30/06/2025)</t>
+  </si>
+  <si>
+    <t>ORD/000032/2025-2026</t>
+  </si>
+  <si>
+    <t>819/JD</t>
+  </si>
+  <si>
+    <t>Implementation of Affordable IoT-Enabled Water Service Delivery Measurement and Monitoring Sensing System for Rural Deployment in the Proposed Villages under Different Water Supply Schemes at Different Block of Jalpaiguri District in West Bengal.</t>
+  </si>
+  <si>
+    <t>ORD/000096/2025-2026</t>
+  </si>
+  <si>
+    <t>1106/NMD</t>
+  </si>
+  <si>
+    <t>16/05/2025</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>WEBEL TECHNOLOGY LIMITED</t>
+  </si>
+  <si>
+    <t>Continuation for "Hiring of 1 (One) Number Maxi Cab (Inspection Vehicle) with engine capacity less than or equal to 2000 C.C. on hire basis including driver and fuel in good condition under the Assistant Engineer, Jalpaiguri Sadar Sub Division, P.H.E. Dte. for inspection of different PWSS under Mal, Kranti, Matiali &amp; other Blocks. (For the period from 01/12/2025 to 31/12/2025)".</t>
+  </si>
+  <si>
+    <t>ORD/000473/2025-2026</t>
+  </si>
+  <si>
+    <t>2423/JD</t>
+  </si>
+  <si>
+    <t>21/11/2025</t>
+  </si>
+  <si>
+    <t>21/12/2025</t>
+  </si>
+  <si>
     <t>Construction approach with paver block inside the premises and land ment at HW site &amp; 2nd TW Site of Oodlabari TG (Z-I) Piped Water Supply Scheme under Jalpaiguri Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000178/2025-2026</t>
   </si>
   <si>
     <t>170/JSSD</t>
   </si>
   <si>
     <t>24/07/2025</t>
   </si>
   <si>
     <t>23/08/2025</t>
   </si>
   <si>
     <t>SUBHANKAR DEY</t>
-  </si>
-[...250 lines deleted...]
-    <t>21/12/2025</t>
   </si>
   <si>
     <t>Continuation Work Order for "Hiring of 1 (One) Number Maxi Cab (Inspection Vehicle) with engine capacity less than or equal to 2000 C.C. on hire basis including driver and fuel in good condition under the Assistant Engineer, Jalpaiguri Sadar Sub Division, P.H.E. Dte. for inspection of different PWSS under Mal, Kranti, Matiali &amp; other Blocks. (For the period from 01/10/2025 to 30/11/2025)".</t>
   </si>
   <si>
     <t>ORD/000200/2025-2026</t>
   </si>
   <si>
     <t>1999/JD</t>
   </si>
   <si>
     <t>25/09/2025</t>
   </si>
   <si>
     <t>25/11/2025</t>
   </si>
   <si>
     <t>Hiring of 1 (One) Number Maxi Cab (Inspection Vehicle) with engine capacity less than or equal to 2000 C.C. on hire basis including driver and fuel in good condition under the Assistant Engineer, Jalpaiguri Sadar Sub Division, P.H.E. Dte. for inspection of different PWSS under Mal, Kranti, Matiali &amp; other Blocks. (For the period from 01/08/2025 to 30/09/2025)</t>
   </si>
   <si>
     <t>ORD/000152/2025-2026</t>
   </si>
   <si>
     <t>1733/JD</t>
   </si>
@@ -1194,51 +1179,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W56"/>
+  <dimension ref="A1:W55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1418,54 +1403,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>0.88</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>60.94</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>70</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1544,54 +1529,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>0.88</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>87.15</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1607,54 +1592,54 @@
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>3.16</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -3238,1140 +3223,1140 @@
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="13" t="s">
         <v>151</v>
       </c>
-      <c r="I35" s="13"/>
-      <c r="J35" s="13"/>
+      <c r="I35" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="J35" s="13" t="s">
+        <v>33</v>
+      </c>
       <c r="K35" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P35" s="4">
-        <v>6.57</v>
+        <v>281.55</v>
       </c>
       <c r="Q35" s="4">
         <v>0</v>
       </c>
       <c r="R35" s="4">
         <v>0</v>
       </c>
       <c r="S35" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H36" s="13" t="s">
         <v>157</v>
       </c>
       <c r="I36" s="13" t="s">
-        <v>32</v>
+        <v>158</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K36" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L36" s="4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M36" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="O36" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P36" s="4">
-        <v>281.55</v>
+        <v>42.08</v>
       </c>
       <c r="Q36" s="4">
-        <v>178.49</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>63.39</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H37" s="13" t="s">
-        <v>163</v>
+        <v>45</v>
       </c>
       <c r="I37" s="13" t="s">
-        <v>164</v>
+        <v>32</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K37" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="L37" s="4" t="s">
         <v>165</v>
       </c>
-      <c r="L37" s="4" t="s">
+      <c r="M37" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N37" s="4" t="s">
         <v>166</v>
       </c>
-      <c r="M37" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O37" s="4" t="s">
-        <v>169</v>
+        <v>48</v>
       </c>
       <c r="P37" s="4">
-        <v>42.08</v>
+        <v>0.88</v>
       </c>
       <c r="Q37" s="4">
-        <v>23.04</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>54.77</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H38" s="13" t="s">
-        <v>45</v>
+        <v>167</v>
       </c>
       <c r="I38" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K38" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="L38" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="M38" s="4" t="s">
         <v>170</v>
       </c>
-      <c r="L38" s="4" t="s">
+      <c r="N38" s="4" t="s">
         <v>171</v>
       </c>
-      <c r="M38" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O38" s="4" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="P38" s="4">
         <v>0.88</v>
       </c>
       <c r="Q38" s="4">
-        <v>0.44</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H39" s="13" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I39" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K39" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="L39" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="L39" s="4" t="s">
+      <c r="M39" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N39" s="4" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P39" s="4">
         <v>0.88</v>
       </c>
       <c r="Q39" s="4">
-        <v>1.29</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>146.04</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="13" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="I40" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K40" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="M40" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N40" s="4" t="s">
         <v>179</v>
       </c>
-      <c r="L40" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O40" s="4" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="P40" s="4">
-        <v>0.88</v>
+        <v>4.83</v>
       </c>
       <c r="Q40" s="4">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>32.76</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="13" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="I41" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K41" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="M41" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="L41" s="4" t="s">
+      <c r="N41" s="4" t="s">
         <v>184</v>
       </c>
-      <c r="M41" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O41" s="4" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="P41" s="4">
-        <v>4.83</v>
+        <v>0.88</v>
       </c>
       <c r="Q41" s="4">
         <v>0</v>
       </c>
       <c r="R41" s="4">
         <v>0</v>
       </c>
       <c r="S41" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="13" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="I42" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K42" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="L42" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="L42" s="4" t="s">
+      <c r="M42" s="4" t="s">
         <v>188</v>
       </c>
-      <c r="M42" s="4" t="s">
+      <c r="N42" s="4" t="s">
         <v>189</v>
       </c>
-      <c r="N42" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O42" s="4" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="P42" s="4">
         <v>0.88</v>
       </c>
       <c r="Q42" s="4">
-        <v>2.1</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>237.54</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="13" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="I43" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K43" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="L43" s="4" t="s">
         <v>192</v>
       </c>
-      <c r="L43" s="4" t="s">
+      <c r="M43" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="M43" s="4" t="s">
+      <c r="N43" s="4" t="s">
         <v>194</v>
       </c>
-      <c r="N43" s="4" t="s">
+      <c r="O43" s="4" t="s">
         <v>195</v>
       </c>
-      <c r="O43" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P43" s="4">
-        <v>0.88</v>
+        <v>0.8</v>
       </c>
       <c r="Q43" s="4">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>16.67</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="13" t="s">
         <v>196</v>
       </c>
       <c r="I44" s="13" t="s">
-        <v>32</v>
+        <v>158</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>201</v>
       </c>
       <c r="P44" s="4">
-        <v>0.8</v>
+        <v>132.34</v>
       </c>
       <c r="Q44" s="4">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>98.89</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H45" s="13" t="s">
         <v>202</v>
       </c>
       <c r="I45" s="13" t="s">
-        <v>164</v>
+        <v>32</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>203</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>204</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>205</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>206</v>
       </c>
       <c r="O45" s="4" t="s">
-        <v>207</v>
+        <v>38</v>
       </c>
       <c r="P45" s="4">
-        <v>132.34</v>
+        <v>0.88</v>
       </c>
       <c r="Q45" s="4">
         <v>0</v>
       </c>
       <c r="R45" s="4">
         <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H46" s="13" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="I46" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K46" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="L46" s="4" t="s">
         <v>209</v>
       </c>
-      <c r="L46" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M46" s="4" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P46" s="4">
         <v>0.88</v>
       </c>
       <c r="Q46" s="4">
-        <v>0.69</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>78.18</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H47" s="13" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="I47" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K47" s="4" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="M47" s="4" t="s">
-        <v>211</v>
+        <v>194</v>
       </c>
       <c r="N47" s="4" t="s">
-        <v>212</v>
+        <v>189</v>
       </c>
       <c r="O47" s="4" t="s">
-        <v>38</v>
+        <v>195</v>
       </c>
       <c r="P47" s="4">
-        <v>0.88</v>
+        <v>0.4</v>
       </c>
       <c r="Q47" s="4">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>89.54</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H48" s="13" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="I48" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K48" s="4" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="L48" s="4" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="M48" s="4" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="N48" s="4" t="s">
-        <v>220</v>
+        <v>189</v>
       </c>
       <c r="O48" s="4" t="s">
-        <v>55</v>
+        <v>195</v>
       </c>
       <c r="P48" s="4">
-        <v>3.66</v>
+        <v>0.4</v>
       </c>
       <c r="Q48" s="4">
         <v>0</v>
       </c>
       <c r="R48" s="4">
         <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H49" s="13" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="I49" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K49" s="4" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="L49" s="4" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="M49" s="4" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="N49" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="O49" s="4" t="s">
         <v>195</v>
       </c>
-      <c r="O49" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P49" s="4">
-        <v>0.4</v>
+        <v>0.8</v>
       </c>
       <c r="Q49" s="4">
         <v>0</v>
       </c>
       <c r="R49" s="4">
         <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>100</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H50" s="13" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="I50" s="13" t="s">
-        <v>32</v>
+        <v>158</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K50" s="4" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="L50" s="4" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="M50" s="4" t="s">
-        <v>200</v>
+        <v>222</v>
       </c>
       <c r="N50" s="4" t="s">
-        <v>195</v>
+        <v>223</v>
       </c>
       <c r="O50" s="4" t="s">
-        <v>201</v>
+        <v>224</v>
       </c>
       <c r="P50" s="4">
-        <v>0.4</v>
+        <v>357.12</v>
       </c>
       <c r="Q50" s="4">
         <v>0</v>
       </c>
       <c r="R50" s="4">
         <v>0</v>
       </c>
       <c r="S50" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H51" s="13" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="I51" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K51" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="L51" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="M51" s="4" t="s">
         <v>228</v>
       </c>
-      <c r="L51" s="4" t="s">
+      <c r="N51" s="4" t="s">
         <v>229</v>
       </c>
-      <c r="M51" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O51" s="4" t="s">
-        <v>201</v>
+        <v>48</v>
       </c>
       <c r="P51" s="4">
-        <v>0.8</v>
+        <v>0.4</v>
       </c>
       <c r="Q51" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>49.45</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H52" s="13" t="s">
         <v>230</v>
       </c>
-      <c r="I52" s="13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I52" s="13"/>
+      <c r="J52" s="13"/>
       <c r="K52" s="4" t="s">
         <v>231</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>232</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>233</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>234</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>235</v>
       </c>
       <c r="P52" s="4">
-        <v>357.12</v>
+        <v>6.57</v>
       </c>
       <c r="Q52" s="4">
         <v>0</v>
       </c>
       <c r="R52" s="4">
         <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>21</v>
       </c>
@@ -4390,51 +4375,51 @@
       <c r="H53" s="13" t="s">
         <v>236</v>
       </c>
       <c r="I53" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>239</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>240</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P53" s="4">
-        <v>0.4</v>
+        <v>0.8</v>
       </c>
       <c r="Q53" s="4">
         <v>0</v>
       </c>
       <c r="R53" s="4">
         <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>0</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>21</v>
       </c>
@@ -4444,176 +4429,113 @@
       <c r="E54" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H54" s="13" t="s">
         <v>241</v>
       </c>
       <c r="I54" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>242</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>243</v>
       </c>
       <c r="M54" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="N54" s="4" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P54" s="4">
         <v>0.8</v>
       </c>
       <c r="Q54" s="4">
         <v>0</v>
       </c>
       <c r="R54" s="4">
         <v>0</v>
       </c>
       <c r="S54" s="4">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
-      <c r="A55" s="3">
-[...55 lines deleted...]
-      </c>
+      <c r="A55" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="B55" s="7"/>
+      <c r="C55" s="7"/>
+      <c r="D55" s="7"/>
+      <c r="E55" s="11"/>
+      <c r="F55" s="7"/>
+      <c r="G55" s="7"/>
+      <c r="H55" s="14"/>
+      <c r="I55" s="14"/>
+      <c r="J55" s="14"/>
+      <c r="K55" s="8"/>
+      <c r="L55" s="8"/>
+      <c r="M55" s="8"/>
+      <c r="N55" s="8"/>
+      <c r="O55" s="8">
+        <v>1228.71</v>
+      </c>
+      <c r="P55" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="8">
+        <v>0</v>
+      </c>
+      <c r="R55" s="8"/>
+      <c r="S55" s="8"/>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
-    <row r="56" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A56:N56"/>
+    <mergeCell ref="A55:N55"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>