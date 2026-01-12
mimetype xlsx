--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -597,50 +597,65 @@
     <t>25/11/2025</t>
   </si>
   <si>
     <t>Continuation for "Hiring of 1 (One) Number Maxi Cab (Inspection Vehicle) with engine capacity less than or equal to 2000 C.C. on hire basis including driver and fuel in good condition under the Assistant Engineer (HQ), Jalpaiguri Division, P.H.E. Dte. for inspection of different PWSS under Rajganj, Nagrakata &amp; other Blocks. (For the period from 01/12/2025 to 31/12/2025)".</t>
   </si>
   <si>
     <t>ORD/000472/2025-2026</t>
   </si>
   <si>
     <t>2428/JD</t>
   </si>
   <si>
     <t>25/12/2025</t>
   </si>
   <si>
     <t>Hiring of 1 (One) Number Maxi Cab (Inspection Vehicle) with engine capacity less than or equal to 2000 C.C. on hire basis including driver and fuel in good condition under the Assistant Engineer (HQ), Jalpaiguri Division, P.H.E. Dte. for inspection of different PWSS under Rajganj, Nagrakata &amp; other Blocks. (For the period from 01/08/2025 to 30/09/2025)</t>
   </si>
   <si>
     <t>ORD/000151/2025-2026</t>
   </si>
   <si>
     <t>1732/JD</t>
   </si>
   <si>
     <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>Continuation for "Supply of 1 (One) Maxi Cab with engine capacity less than or equal to 2000 C.C. on hire basis including driver under Office of the Superintending Engineer, NBC-I, P.H.E. Dte. for the use of the Deputy Superintending Engineer, NBC-I, P.H.E. Dte. (with valid Taxi permit) (w.e.f. 01.12.2025 to 31.12.2025)."</t>
+  </si>
+  <si>
+    <t>ORD/000480/2025-2026</t>
+  </si>
+  <si>
+    <t>2402/JD</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1029,51 +1044,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W40"/>
+  <dimension ref="A1:W41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -3342,87 +3357,148 @@
       </c>
       <c r="N39" s="4" t="s">
         <v>194</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P39" s="4">
         <v>0.8</v>
       </c>
       <c r="Q39" s="4">
         <v>0</v>
       </c>
       <c r="R39" s="4">
         <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
-      <c r="A40" s="7" t="s">
+      <c r="A40" s="3">
+        <v>38</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C40" s="3"/>
+      <c r="D40" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H40" s="13" t="s">
         <v>195</v>
       </c>
-      <c r="B40" s="7"/>
-[...22 lines deleted...]
-      <c r="S40" s="8"/>
+      <c r="I40" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J40" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="K40" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="M40" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="N40" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="O40" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="P40" s="4">
+        <v>0.15</v>
+      </c>
+      <c r="Q40" s="4">
+        <v>0</v>
+      </c>
+      <c r="R40" s="4">
+        <v>0</v>
+      </c>
+      <c r="S40" s="4">
+        <v>0</v>
+      </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
+    <row r="41" spans="1:23">
+      <c r="A41" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="B41" s="7"/>
+      <c r="C41" s="7"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="11"/>
+      <c r="F41" s="7"/>
+      <c r="G41" s="7"/>
+      <c r="H41" s="14"/>
+      <c r="I41" s="14"/>
+      <c r="J41" s="14"/>
+      <c r="K41" s="8"/>
+      <c r="L41" s="8"/>
+      <c r="M41" s="8"/>
+      <c r="N41" s="8"/>
+      <c r="O41" s="8">
+        <v>2196.01</v>
+      </c>
+      <c r="P41" s="8">
+        <v>312.2</v>
+      </c>
+      <c r="Q41" s="8">
+        <v>14.22</v>
+      </c>
+      <c r="R41" s="8"/>
+      <c r="S41" s="8"/>
+      <c r="T41" s="1"/>
+      <c r="U41" s="1"/>
+      <c r="V41" s="1"/>
+      <c r="W41" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A40:N40"/>
+    <mergeCell ref="A41:N41"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>