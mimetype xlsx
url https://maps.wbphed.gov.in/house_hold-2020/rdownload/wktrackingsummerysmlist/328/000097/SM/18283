--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1382,54 +1382,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>36.22</v>
       </c>
       <c r="Q6" s="4">
-        <v>27.87</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>76.94</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -2245,54 +2245,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P21" s="4">
         <v>708.57</v>
       </c>
       <c r="Q21" s="4">
-        <v>69.05</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>9.74</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>43</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2306,54 +2306,54 @@
       <c r="I22" s="13" t="s">
         <v>105</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P22" s="4">
         <v>143.91</v>
       </c>
       <c r="Q22" s="4">
-        <v>72.63</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>50.47</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>60</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2367,54 +2367,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P23" s="4">
         <v>526.38</v>
       </c>
       <c r="Q23" s="4">
-        <v>138.18</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>26.25</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>45</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2428,54 +2428,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>117</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P24" s="4">
         <v>0.88</v>
       </c>
       <c r="Q24" s="4">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>89.83</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2489,54 +2489,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>117</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P25" s="4">
         <v>0.88</v>
       </c>
       <c r="Q25" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>109.72</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2611,54 +2611,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>117</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P27" s="4">
         <v>0.88</v>
       </c>
       <c r="Q27" s="4">
-        <v>1.77</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>200.89</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2672,54 +2672,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>117</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P28" s="4">
         <v>0.23</v>
       </c>
       <c r="Q28" s="4">
-        <v>0.23</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2794,54 +2794,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>117</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P30" s="4">
         <v>0.88</v>
       </c>
       <c r="Q30" s="4">
-        <v>0.44</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3038,54 +3038,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>117</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>173</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>174</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>145</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P34" s="4">
         <v>0.15</v>
       </c>
       <c r="Q34" s="4">
-        <v>0.28</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>187.43</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3438,54 +3438,54 @@
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="7" t="s">
         <v>200</v>
       </c>
       <c r="B41" s="7"/>
       <c r="C41" s="7"/>
       <c r="D41" s="7"/>
       <c r="E41" s="11"/>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="14"/>
       <c r="I41" s="14"/>
       <c r="J41" s="14"/>
       <c r="K41" s="8"/>
       <c r="L41" s="8"/>
       <c r="M41" s="8"/>
       <c r="N41" s="8"/>
       <c r="O41" s="8">
         <v>2196.01</v>
       </c>
       <c r="P41" s="8">
-        <v>312.2</v>
+        <v>0</v>
       </c>
       <c r="Q41" s="8">
-        <v>14.22</v>
+        <v>0</v>
       </c>
       <c r="R41" s="8"/>
       <c r="S41" s="8"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A41:N41"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>