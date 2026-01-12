--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -171,50 +171,71 @@
     <t>Infrastructure Cost for AIBHEEL TG, T/W No. III, under METELLI CCC [APPLICATION NO. 100000095977 ; Reference ID : 860287637]</t>
   </si>
   <si>
     <t>BILL/01736/2023-2024</t>
   </si>
   <si>
     <t>BP/23-24/257</t>
   </si>
   <si>
     <t>New Service Connection Charge for AIBHEEL TG, T/W No. III, under METELLI CCC [APPLICATION NO. 4003293341 ; Reference ID : 403125586]</t>
   </si>
   <si>
     <t>BILL/01735/2023-2024</t>
   </si>
   <si>
     <t>BP/23-24/256</t>
   </si>
   <si>
     <t>New Service Connection Charge for AIBHEEL TG, T/W No. IV, under METELLI CCC [APPLICATION NO. 4003293345 ; Reference ID : 403125584]</t>
   </si>
   <si>
     <t>BILL/01733/2023-2024</t>
   </si>
   <si>
     <t>BP/23-24/254</t>
+  </si>
+  <si>
+    <t>Sinking 2 Nos Rig Bore TubeWell by ODEX-165 method of dirlling with 2 Nos Pump House (5.4m x 3.6m) and 2 Nos Boundary Wall along with Laying Distribution System including Rising Main with providing Functional Household Tap Connection (FHTC) in connection with Jal Jeevan Mission for Rejuvenation of Aibhil Tea Garden area Piped Water Supply Scheme under Jalpaiguri Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000078/2023-2024</t>
+  </si>
+  <si>
+    <t>366/JD</t>
+  </si>
+  <si>
+    <t>26/05/2023</t>
+  </si>
+  <si>
+    <t>16/02/2025</t>
+  </si>
+  <si>
+    <t>BARUN KUMAR DUTTA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -603,51 +624,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1065,87 +1086,148 @@
       </c>
       <c r="N8" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P8" s="4">
         <v>0.68</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
         <v>53</v>
       </c>
-      <c r="B9" s="7"/>
-[...22 lines deleted...]
-      <c r="S9" s="8"/>
+      <c r="I9" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="P9" s="4">
+        <v>96.31</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>67.14</v>
+      </c>
+      <c r="R9" s="4">
+        <v>69.71</v>
+      </c>
+      <c r="S9" s="4">
+        <v>100</v>
+      </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>141.11</v>
+      </c>
+      <c r="P10" s="8">
+        <v>87.16</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>61.77</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>