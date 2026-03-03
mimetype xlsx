--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -787,54 +787,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>24.24</v>
       </c>
       <c r="Q3" s="4">
-        <v>20.02</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>82.58</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>90</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1133,88 +1133,88 @@
       <c r="I9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P9" s="4">
         <v>96.31</v>
       </c>
       <c r="Q9" s="4">
-        <v>67.14</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>69.71</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>141.11</v>
       </c>
       <c r="P10" s="8">
-        <v>87.16</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>61.77</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>