--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -918,54 +918,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>29.21</v>
       </c>
       <c r="Q3" s="4">
-        <v>22.37</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>76.57</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>60</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1042,54 +1042,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>16.54</v>
       </c>
       <c r="Q5" s="4">
-        <v>15.48</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>93.56</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1105,54 +1105,54 @@
       <c r="I6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>33.26</v>
       </c>
       <c r="Q6" s="4">
-        <v>33.38</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100.36</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1168,54 +1168,54 @@
       <c r="I7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>4.36</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.36</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1644,54 +1644,54 @@
       <c r="I15" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P15" s="4">
         <v>208.93</v>
       </c>
       <c r="Q15" s="4">
-        <v>99.4</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>47.58</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>62</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1707,54 +1707,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P16" s="4">
         <v>14.14</v>
       </c>
       <c r="Q16" s="4">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>77.82</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>70</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1867,54 +1867,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>103</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>493.99</v>
       </c>
       <c r="P19" s="8">
-        <v>185.99</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>37.65</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>