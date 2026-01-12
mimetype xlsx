--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -158,87 +158,90 @@
   <si>
     <t>BILL/00202/2024-2025</t>
   </si>
   <si>
     <t>BP/24-25/14</t>
   </si>
   <si>
     <t>23/04/2024</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
   </si>
   <si>
     <t>New Service Connection Charge for TESIMLA, TW NO-I, MAL CCC APPLICATION NO. 4003352315 Reference ID : 403172834</t>
   </si>
   <si>
     <t>BILL/00201/2024-2025</t>
   </si>
   <si>
     <t>Infrastructure development cost for new service connection at TESIMLA,, TW NO-I &amp; II, MAL CCC APPLICATION NO. 100000102139 Reference ID : 860293899</t>
   </si>
   <si>
     <t>BILL/00203/2024-2025</t>
   </si>
   <si>
-    <t>Construction of Different Components of Tesimla PWSS i.e. TW, Pump Houses, OHR, Boundary Walls, Water Distribution Network, FHTC, Rising Main etc. in connection with Jal Jeevan Mission at Block- Mal under Jalpaiguri Division, P.H.E. Dte.</t>
+    <t>Balance work of Distribution System and Functional Household Tap Connection (FHTC) including different components of Tesimala PWSS i.e. Tube Well, Pump House, Boundary Wall in connection with Jal Jeevan Mission at Block - Mal under Jalpaiguri Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
-    <t>ORD/000266/2023-2024</t>
-[...16 lines deleted...]
-  <si>
     <t>ORD/000547/2024-2025</t>
   </si>
   <si>
     <t>104/JD</t>
   </si>
   <si>
     <t>15/01/2025</t>
   </si>
   <si>
     <t>26/03/2025</t>
   </si>
   <si>
     <t>APEX ENGINEERING</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for TESIMLA PWSS, TW no I &amp; II in the district of Jalpaiguri under Northern Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer , Head Quarters , NMD</t>
+  </si>
+  <si>
+    <t>ORD/000328/2023-2024</t>
+  </si>
+  <si>
+    <t>1299/NMD</t>
+  </si>
+  <si>
+    <t>03/08/2023</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>SUMON ELECTRICAL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1086,154 +1089,154 @@
       <c r="H8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
-        <v>218.57</v>
+        <v>39.7</v>
       </c>
       <c r="Q8" s="4">
-        <v>105.44</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>48.24</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P9" s="4">
-        <v>39.7</v>
+        <v>23.05</v>
       </c>
       <c r="Q9" s="4">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="R9" s="4">
-        <v>0</v>
+        <v>82.4</v>
       </c>
       <c r="S9" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
-        <v>305.17</v>
+        <v>109.65</v>
       </c>
       <c r="P10" s="8">
-        <v>105.44</v>
+        <v>19</v>
       </c>
       <c r="Q10" s="8">
-        <v>34.55</v>
+        <v>17.33</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>