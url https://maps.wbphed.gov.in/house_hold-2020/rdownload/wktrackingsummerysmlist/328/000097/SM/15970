--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1155,88 +1155,88 @@
       <c r="I9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>23.05</v>
       </c>
       <c r="Q9" s="4">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>82.4</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>109.65</v>
       </c>
       <c r="P10" s="8">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>17.33</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>