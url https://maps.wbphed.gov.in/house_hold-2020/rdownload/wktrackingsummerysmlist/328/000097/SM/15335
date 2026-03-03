--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1526,54 +1526,54 @@
       <c r="I13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P13" s="4">
         <v>465.94</v>
       </c>
       <c r="Q13" s="4">
-        <v>161.43</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>34.65</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>45</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1993,54 +1993,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>107</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>1275.29</v>
       </c>
       <c r="P21" s="8">
-        <v>161.43</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>12.66</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>