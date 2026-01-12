--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -104,96 +104,117 @@
   <si>
     <t>Rejuvenation of Purba Duramari Piped Water Supply Scheme</t>
   </si>
   <si>
     <t>SM/15326</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000096/2023-2024</t>
   </si>
   <si>
     <t>1051/JD</t>
   </si>
   <si>
     <t>24/08/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
-    <t>Providing Functional Household Tap Connection in connection with Jaldhara / Jalswapna near Dhangkali road, Simul Jhora and allied area for Purba Duramari Piped Water Supply Scheme under Jalpaiguri Division, PHE Dte. (Phase-IV)</t>
+    <t>Northern Mechanical</t>
+  </si>
+  <si>
+    <t>New Service Connection Charge for new service connection at REJUVENATION OF PURBA DURAMARI PWSS,T/W-III, GAIRKATA CCC APPLICATION NO. 4003460491 Reference ID : 403255265</t>
+  </si>
+  <si>
+    <t>BILL/00974/2024-2025</t>
+  </si>
+  <si>
+    <t>BP/24-25/166</t>
+  </si>
+  <si>
+    <t>14/08/2024</t>
+  </si>
+  <si>
+    <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>Infrastructure development cost for new service connection at REJUVENATION OF PURBA DURAMARI PWSS,T/W-III, GAIRKATA CCC APPLICATION NO. 100000115667 Reference ID : 860308377</t>
+  </si>
+  <si>
+    <t>BILL/00975/2024-2025</t>
+  </si>
+  <si>
+    <t>Construction of different components of Rejuvenation of Purba Duramari PWSS i.e. TW, Pump Houses, Boundary Walls, Water Distribution Network, FHTC, Rising Main etc. in connection with Jal Jeevan Mission at Block - Dhupguri under Jalpaiguri Division, P.H.E.Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
-    <t>ORD/000125/2023-2024</t>
-[...35 lines deleted...]
-    <t>BILL/00975/2024-2025</t>
+    <t>ORD/000085/2023-2024</t>
+  </si>
+  <si>
+    <t>334/JD</t>
+  </si>
+  <si>
+    <t>22/05/2023</t>
+  </si>
+  <si>
+    <t>19/05/2025</t>
+  </si>
+  <si>
+    <t>MONTOSH GHOSH</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for REJUVENATION OF PURBA DURAMARI PWSS, TW NO- III in the district of Jalpaiguri under Northern Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Driller-in-Charge</t>
+  </si>
+  <si>
+    <t>ORD/000182/2023-2024</t>
+  </si>
+  <si>
+    <t>1219/NMD</t>
+  </si>
+  <si>
+    <t>26/07/2023</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>BONANZA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -582,51 +603,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -763,254 +784,315 @@
         <v>3.45</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="J4" s="13" t="s">
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="L4" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="M4" s="4" t="s">
+      <c r="N4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="N4" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>10.93</v>
+        <v>0.82</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.19</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>38.35</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="P5" s="4">
-        <v>0.82</v>
+        <v>15.66</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="I6" s="13"/>
-[...1 lines deleted...]
-      <c r="K6" s="4" t="s">
+      <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="L6" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P6" s="4">
-        <v>15.66</v>
+        <v>41.09</v>
       </c>
       <c r="Q6" s="4">
-        <v>0</v>
+        <v>19.26</v>
       </c>
       <c r="R6" s="4">
-        <v>0</v>
+        <v>46.87</v>
       </c>
       <c r="S6" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
-      <c r="A7" s="7" t="s">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="B7" s="7"/>
-[...22 lines deleted...]
-      <c r="S7" s="8"/>
+      <c r="I7" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" s="4">
+        <v>11.5</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>7.78</v>
+      </c>
+      <c r="R7" s="4">
+        <v>67.68</v>
+      </c>
+      <c r="S7" s="4">
+        <v>100</v>
+      </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>72.53</v>
+      </c>
+      <c r="P8" s="8">
+        <v>27.05</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>37.29</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>