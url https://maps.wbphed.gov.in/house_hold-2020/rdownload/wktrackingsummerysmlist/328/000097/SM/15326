--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -937,54 +937,54 @@
       <c r="I6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>41.09</v>
       </c>
       <c r="Q6" s="4">
-        <v>19.26</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>46.87</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -998,88 +998,88 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>11.5</v>
       </c>
       <c r="Q7" s="4">
-        <v>7.78</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>67.68</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>72.53</v>
       </c>
       <c r="P8" s="8">
-        <v>27.05</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>37.29</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>