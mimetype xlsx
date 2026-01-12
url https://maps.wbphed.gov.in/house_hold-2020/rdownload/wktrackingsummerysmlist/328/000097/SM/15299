--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -237,50 +237,68 @@
     <t>"INFRA COST IRO NSC for (REJU) YONGTONG TG TW NO- III, METELI CCC " APPLICATION NO.100000108223 Reference ID : 860300683</t>
   </si>
   <si>
     <t>BILL/00375/2024-2025</t>
   </si>
   <si>
     <t>Installation of two tank chlorination system at Rejuvenation of Nagaisuree Tea Garden Area Piped Water Supply Scheme(TW-I) and other adjacent water supply scheme UNDER JJM under METELI Block under Northern Mechanical Division, P.H.E. Dte., Dist.- Jalpaiguri.</t>
   </si>
   <si>
     <t>Assistant Engineer , Head Quarters , NMD</t>
   </si>
   <si>
     <t>ORD/000665/2025-2026</t>
   </si>
   <si>
     <t>1084/HQ/NMD</t>
   </si>
   <si>
     <t>15/05/2025</t>
   </si>
   <si>
     <t>22/05/2025</t>
   </si>
   <si>
     <t>D.K. &amp; SONS</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for REJUVENATION OF YONGTONG TEA GARDEN AREA PWSS, TW NO III,IV in the district of Jalpaiguri under Northern Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000358/2023-2024</t>
+  </si>
+  <si>
+    <t>1318/NMD</t>
+  </si>
+  <si>
+    <t>04/08/2023</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>RMD TRADING</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -669,51 +687,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1371,87 +1389,148 @@
       </c>
       <c r="N12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P12" s="4">
         <v>0.79</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="7" t="s">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
         <v>75</v>
       </c>
-      <c r="B13" s="7"/>
-[...22 lines deleted...]
-      <c r="S13" s="8"/>
+      <c r="I13" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="P13" s="4">
+        <v>24.24</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>18.03</v>
+      </c>
+      <c r="R13" s="4">
+        <v>74.37</v>
+      </c>
+      <c r="S13" s="4">
+        <v>100</v>
+      </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>162.67</v>
+      </c>
+      <c r="P14" s="8">
+        <v>52.82</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>32.47</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>