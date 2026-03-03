--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -850,54 +850,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>6.2</v>
       </c>
       <c r="Q3" s="4">
-        <v>6.16</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.29</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1025,54 +1025,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>2.34</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.29</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.12</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1086,54 +1086,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>33.23</v>
       </c>
       <c r="Q7" s="4">
-        <v>26.33</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>79.24</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1436,88 +1436,88 @@
       <c r="I13" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P13" s="4">
         <v>24.24</v>
       </c>
       <c r="Q13" s="4">
-        <v>18.03</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>74.37</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>162.67</v>
       </c>
       <c r="P14" s="8">
-        <v>52.82</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>32.47</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>