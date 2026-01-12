--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -183,50 +183,71 @@
     <t>03/04/2025</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>SILIGURI VYAPAR PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Implementation of Affordable IoT-Enabled Water Service Delivery Measurement and Monitoring Sensing System for Rural Deployment in the Proposed Villages under Different Water Supply Schemes at Different Block of Jalpaiguri District in West Bengal.</t>
   </si>
   <si>
     <t>ORD/000096/2025-2026</t>
   </si>
   <si>
     <t>1106/NMD</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
   </si>
   <si>
     <t>WEBEL TECHNOLOGY LIMITED</t>
+  </si>
+  <si>
+    <t>Construction of Pump House, Sinking Tube Well, Laying Rising Main etc for Rejuvenation of Bhangamali Piped Water Supply Scheme at Dhupguri Block in connection with Jal Jeevan Mission under Jalpaiguri Division, P.H.E.Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,HQ</t>
+  </si>
+  <si>
+    <t>ORD/000103/2023-2024</t>
+  </si>
+  <si>
+    <t>389/A/JD</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>02/04/2025</t>
+  </si>
+  <si>
+    <t>VIBEKANANDA DEY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -615,51 +636,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1028,87 +1049,148 @@
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>357.12</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="7" t="s">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="B8" s="7"/>
-[...22 lines deleted...]
-      <c r="S8" s="8"/>
+      <c r="I8" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" s="4">
+        <v>35.66</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>8.11</v>
+      </c>
+      <c r="R8" s="4">
+        <v>22.74</v>
+      </c>
+      <c r="S8" s="4">
+        <v>90</v>
+      </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="14"/>
+      <c r="I9" s="14"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="8"/>
+      <c r="L9" s="8"/>
+      <c r="M9" s="8"/>
+      <c r="N9" s="8"/>
+      <c r="O9" s="8">
+        <v>505.65</v>
+      </c>
+      <c r="P9" s="8">
+        <v>20.44</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>4.04</v>
+      </c>
+      <c r="R9" s="8"/>
+      <c r="S9" s="8"/>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>