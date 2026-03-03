--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -795,54 +795,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>4.62</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>45.63</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -856,54 +856,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>11.5</v>
       </c>
       <c r="Q4" s="4">
-        <v>10.22</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>88.86</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>80</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1096,88 +1096,88 @@
       <c r="I8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>35.66</v>
       </c>
       <c r="Q8" s="4">
-        <v>8.11</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>22.74</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>90</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>505.65</v>
       </c>
       <c r="P9" s="8">
-        <v>20.44</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>4.04</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>