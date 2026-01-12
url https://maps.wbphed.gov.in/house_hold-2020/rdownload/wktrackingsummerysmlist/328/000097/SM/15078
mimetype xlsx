--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -243,50 +243,68 @@
     <t>29/NMD</t>
   </si>
   <si>
     <t>05/02/2025</t>
   </si>
   <si>
     <t>DIAMOND ELECTRICAL WORKS</t>
   </si>
   <si>
     <t>Implementation of Affordable IoT-Enabled Water Service Delivery Measurement and Monitoring Sensing System for Rural Deployment in the Proposed Villages under Different Water Supply Schemes at Different Block of Jalpaiguri District in West Bengal.</t>
   </si>
   <si>
     <t>ORD/000097/2025-2026</t>
   </si>
   <si>
     <t>1108/NMD</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
   </si>
   <si>
     <t>WEBEL TECHNOLOGY LIMITED</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for REJUVENATION OF UTTAR DANGAPARA AND DAKSHIN SAKOJHORA PWSS, TW no III in the district of Jalpaiguri under Northern Mechanical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000170/2023-2024</t>
+  </si>
+  <si>
+    <t>1212/NMD</t>
+  </si>
+  <si>
+    <t>26/07/2023</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>TAPAN BISWAS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -675,51 +693,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1328,87 +1346,148 @@
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>547.59</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
-      <c r="A12" s="7" t="s">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
         <v>77</v>
       </c>
-      <c r="B12" s="7"/>
-[...22 lines deleted...]
-      <c r="S12" s="8"/>
+      <c r="I12" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" s="4">
+        <v>11.07</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>5.81</v>
+      </c>
+      <c r="R12" s="4">
+        <v>52.47</v>
+      </c>
+      <c r="S12" s="4">
+        <v>100</v>
+      </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>684.67</v>
+      </c>
+      <c r="P13" s="8">
+        <v>18.79</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>2.74</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>