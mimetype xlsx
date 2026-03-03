--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -856,54 +856,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.91</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.9</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.59</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -974,54 +974,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>19.29</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.08</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>47.08</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>15</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1393,88 +1393,88 @@
       <c r="I12" s="13" t="s">
         <v>66</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>11.07</v>
       </c>
       <c r="Q12" s="4">
-        <v>5.81</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>52.47</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>684.67</v>
       </c>
       <c r="P13" s="8">
-        <v>18.79</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>