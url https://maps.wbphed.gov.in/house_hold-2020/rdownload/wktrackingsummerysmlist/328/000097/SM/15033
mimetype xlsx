--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -168,50 +168,68 @@
     <t>01/11/2025</t>
   </si>
   <si>
     <t>SAHA CONSTRUCTION</t>
   </si>
   <si>
     <t>Installation of two tank chlorination system at different water supply scheme UNDER JJM under DHUPGURI Block under Northern Mechanical Division, P.H.E. Dte., Dist.- Jalpaiguri.</t>
   </si>
   <si>
     <t>Driller-in-Charge</t>
   </si>
   <si>
     <t>ORD/001137/2024-2025</t>
   </si>
   <si>
     <t>53/DSD</t>
   </si>
   <si>
     <t>10/03/2025</t>
   </si>
   <si>
     <t>25/03/2025</t>
   </si>
   <si>
     <t>ASHWIRBAD WOOD CRAFT</t>
+  </si>
+  <si>
+    <t>Construction of different components of Rejuvenation Chauhaddi PWSS i.e. TW, Pump Houses, Water distribution Network, , RISING MAIN etc. in connection with Jal Jeevan Mission at Block - Dhupguri under Jalpaiguri Division, P.H.E.Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,Assistant Engineer,HQ</t>
+  </si>
+  <si>
+    <t>ORD/000100/2023-2024</t>
+  </si>
+  <si>
+    <t>350/JD</t>
+  </si>
+  <si>
+    <t>24/05/2023</t>
+  </si>
+  <si>
+    <t>22/06/2024</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -600,51 +618,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -950,87 +968,148 @@
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>2.47</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
-      <c r="A7" s="7" t="s">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="B7" s="7"/>
-[...22 lines deleted...]
-      <c r="S7" s="8"/>
+      <c r="I7" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P7" s="4">
+        <v>61.11</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>54.03</v>
+      </c>
+      <c r="R7" s="4">
+        <v>88.42</v>
+      </c>
+      <c r="S7" s="4">
+        <v>100</v>
+      </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>115.61</v>
+      </c>
+      <c r="P8" s="8">
+        <v>54.03</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>46.73</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>