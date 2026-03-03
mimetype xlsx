--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -110,72 +110,72 @@
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>New Service Connection Charge for REJUVENATION OF CHAUHADDI PWSS, TW NO IV, under DHUPGURI CCC APPLICATION NO. 4003460809 Reference ID : 403255219</t>
   </si>
   <si>
     <t>BILL/00970/2024-2025</t>
   </si>
   <si>
     <t>BP/24-25/166</t>
   </si>
   <si>
     <t>14/08/2024</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
   </si>
   <si>
     <t>Jalpaiguri Division</t>
   </si>
   <si>
     <t>Construction of 4th Pump House Site Boundary Wall, Foot Path, Drain pipeline for washout including interconnection works at Chauhaddi PWSS in connection with Jal Jeevan Mission at Block - Dhupguri Block under Jalpaiguri Division P.H.E.Dte.</t>
   </si>
   <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
     <t>ORD/000044/2025-2026</t>
   </si>
   <si>
     <t>76/JSSD</t>
   </si>
   <si>
     <t>02/06/2025</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>HARIPADA BANERJEE</t>
   </si>
   <si>
     <t>Laying of Rising Main/Direct Boosting Line for The Rejuvenation of Purba Magurmari P.W.S.S and Rejuvenation of Chouhaddi P.W.S.S. along with FHTC(PhaseVII) within the command area of Rejuventaion of Purba Magurmari P.W.S.S. in connection with Jal Jeevan Mission under Jalpaiguri Division,P.H.E.Dte.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000397/2023-2024</t>
   </si>
   <si>
     <t>1587/JD</t>
   </si>
   <si>
     <t>06/11/2023</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>SAHA CONSTRUCTION</t>
   </si>
   <si>
     <t>Installation of two tank chlorination system at different water supply scheme UNDER JJM under DHUPGURI Block under Northern Mechanical Division, P.H.E. Dte., Dist.- Jalpaiguri.</t>
   </si>
   <si>
     <t>Driller-in-Charge</t>
   </si>
   <si>
     <t>ORD/001137/2024-2025</t>
   </si>
@@ -813,112 +813,116 @@
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="I4" s="13"/>
-      <c r="J4" s="13"/>
+      <c r="I4" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="J4" s="13" t="s">
+        <v>33</v>
+      </c>
       <c r="K4" s="4" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>9.54</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>37.11</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
@@ -994,109 +998,109 @@
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P7" s="4">
         <v>61.11</v>
       </c>
       <c r="Q7" s="4">
-        <v>54.03</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>88.42</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>58</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>115.61</v>
       </c>
       <c r="P8" s="8">
-        <v>54.03</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>46.73</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>