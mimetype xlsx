--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -930,54 +930,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>21.55</v>
       </c>
       <c r="Q3" s="4">
-        <v>17.87</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>82.91</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1119,54 +1119,54 @@
       <c r="I6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>5.32</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.26</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.92</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1481,54 +1481,54 @@
       <c r="I12" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>322.05</v>
       </c>
       <c r="Q12" s="4">
-        <v>155.86</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>48.4</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>70</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1767,54 +1767,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>933.81</v>
       </c>
       <c r="P17" s="8">
-        <v>178.99</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>19.17</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>