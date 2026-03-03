--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1023,54 +1023,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>2.34</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.34</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1381,54 +1381,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P11" s="4">
         <v>423.12</v>
       </c>
       <c r="Q11" s="4">
-        <v>120.16</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>28.4</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>50</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1726,54 +1726,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>598.96</v>
       </c>
       <c r="P17" s="8">
-        <v>122.49</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>20.45</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>