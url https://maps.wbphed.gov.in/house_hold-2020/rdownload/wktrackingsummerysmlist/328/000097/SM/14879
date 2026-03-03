--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1518,54 +1518,54 @@
       <c r="I13" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P13" s="4">
         <v>465.21</v>
       </c>
       <c r="Q13" s="4">
-        <v>350.39</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>75.32</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>20</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1867,54 +1867,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>105</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1203.75</v>
       </c>
       <c r="P19" s="8">
-        <v>350.39</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>29.11</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>