--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1841,54 +1841,54 @@
       <c r="I17" s="13" t="s">
         <v>82</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P17" s="4">
         <v>98.07</v>
       </c>
       <c r="Q17" s="4">
-        <v>76.35</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>77.86</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>75</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1904,54 +1904,54 @@
       <c r="I18" s="13" t="s">
         <v>89</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P18" s="4">
         <v>822.43</v>
       </c>
       <c r="Q18" s="4">
-        <v>219.6</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>26.7</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>25</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2379,54 +2379,54 @@
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>134</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>1697.13</v>
       </c>
       <c r="P26" s="8">
-        <v>295.96</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>17.44</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>