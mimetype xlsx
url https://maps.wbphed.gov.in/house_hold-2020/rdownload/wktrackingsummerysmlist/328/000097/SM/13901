--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -852,54 +852,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>131.18</v>
       </c>
       <c r="Q3" s="4">
-        <v>58.34</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>44.48</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>50</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -974,54 +974,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>24.43</v>
       </c>
       <c r="Q5" s="4">
-        <v>21.08</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>86.27</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>75</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1100,54 +1100,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>18.45</v>
       </c>
       <c r="Q7" s="4">
-        <v>18.94</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>102.66</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1437,54 +1437,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>248.89</v>
       </c>
       <c r="P13" s="8">
-        <v>98.36</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>39.52</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>