--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1151,54 +1151,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>22.07</v>
       </c>
       <c r="Q7" s="4">
-        <v>17.9</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>81.11</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1332,54 +1332,54 @@
       <c r="I10" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P10" s="4">
         <v>346.92</v>
       </c>
       <c r="Q10" s="4">
-        <v>250.01</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>72.07</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>95</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1738,54 +1738,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>1089.23</v>
       </c>
       <c r="P17" s="8">
-        <v>267.91</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>24.6</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>