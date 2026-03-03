--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1562,54 +1562,54 @@
       <c r="I14" s="13" t="s">
         <v>68</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P14" s="4">
         <v>73.36</v>
       </c>
       <c r="Q14" s="4">
-        <v>60.7</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>82.74</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>95</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1625,54 +1625,54 @@
       <c r="I15" s="13" t="s">
         <v>75</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P15" s="4">
         <v>512</v>
       </c>
       <c r="Q15" s="4">
-        <v>206.47</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>40.33</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>40</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1848,54 +1848,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1323.39</v>
       </c>
       <c r="P19" s="8">
-        <v>267.17</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>20.19</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>