--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1534,54 +1534,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>1.83</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.62</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>88.85</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1593,54 +1593,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>4.6</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.7</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>102.13</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1652,54 +1652,54 @@
         <v>40</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>2.63</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.64</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100.16</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -2275,54 +2275,54 @@
       <c r="I17" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P17" s="4">
         <v>0.56</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.56</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.38</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2395,54 +2395,54 @@
         <v>84</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P19" s="4">
         <v>4.76</v>
       </c>
       <c r="Q19" s="4">
-        <v>4.7</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>98.82</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>1</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2452,54 +2452,54 @@
       </c>
       <c r="H20" s="13" t="s">
         <v>90</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P20" s="4">
         <v>1.47</v>
       </c>
       <c r="Q20" s="4">
-        <v>1.12</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>76.65</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2509,54 +2509,54 @@
       </c>
       <c r="H21" s="13" t="s">
         <v>95</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P21" s="4">
         <v>4.76</v>
       </c>
       <c r="Q21" s="4">
-        <v>4.76</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2568,54 +2568,54 @@
         <v>101</v>
       </c>
       <c r="I22" s="13"/>
       <c r="J22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P22" s="4">
         <v>1.83</v>
       </c>
       <c r="Q22" s="4">
-        <v>1.73</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>94.9</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>1</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2629,54 +2629,54 @@
       <c r="I23" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P23" s="4">
         <v>96.77</v>
       </c>
       <c r="Q23" s="4">
-        <v>98.75</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>102.05</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2690,54 +2690,54 @@
       <c r="I24" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P24" s="4">
         <v>1.46</v>
       </c>
       <c r="Q24" s="4">
-        <v>1.45</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.63</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>1</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2751,54 +2751,54 @@
       <c r="I25" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P25" s="4">
         <v>1.11</v>
       </c>
       <c r="Q25" s="4">
-        <v>1.11</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>1</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2812,54 +2812,54 @@
       <c r="I26" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P26" s="4">
         <v>18.91</v>
       </c>
       <c r="Q26" s="4">
-        <v>18.8</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>99.39</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2869,54 +2869,54 @@
       </c>
       <c r="H27" s="13" t="s">
         <v>126</v>
       </c>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P27" s="4">
         <v>0.29</v>
       </c>
       <c r="Q27" s="4">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -3329,54 +3329,54 @@
       <c r="I35" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>160</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>161</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>162</v>
       </c>
       <c r="P35" s="4">
         <v>267.26</v>
       </c>
       <c r="Q35" s="4">
-        <v>211.29</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>79.06</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>80</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3390,54 +3390,54 @@
       <c r="I36" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>164</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>165</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>166</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>167</v>
       </c>
       <c r="P36" s="4">
         <v>383.43</v>
       </c>
       <c r="Q36" s="4">
-        <v>260.59</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>67.96</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>95</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3451,54 +3451,54 @@
       <c r="I37" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>169</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>170</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>171</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>172</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>173</v>
       </c>
       <c r="P37" s="4">
         <v>0.88</v>
       </c>
       <c r="Q37" s="4">
-        <v>0.42</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>47.17</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3571,54 +3571,54 @@
       <c r="I39" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>183</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>184</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>173</v>
       </c>
       <c r="P39" s="4">
         <v>0.44</v>
       </c>
       <c r="Q39" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>37.29</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3632,54 +3632,54 @@
       <c r="I40" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>173</v>
       </c>
       <c r="P40" s="4">
         <v>0.44</v>
       </c>
       <c r="Q40" s="4">
-        <v>0.22</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>50.93</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>70</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3693,54 +3693,54 @@
       <c r="I41" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>192</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>193</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>194</v>
       </c>
       <c r="P41" s="4">
         <v>84.24</v>
       </c>
       <c r="Q41" s="4">
-        <v>83.45</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>99.06</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3754,54 +3754,54 @@
       <c r="I42" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>198</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>199</v>
       </c>
       <c r="P42" s="4">
         <v>4.57</v>
       </c>
       <c r="Q42" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>98.74</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>100</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3815,54 +3815,54 @@
       <c r="I43" s="13" t="s">
         <v>201</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P43" s="4">
         <v>10.71</v>
       </c>
       <c r="Q43" s="4">
-        <v>10.71</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>60</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3876,54 +3876,54 @@
       <c r="I44" s="13" t="s">
         <v>201</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>210</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>211</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>212</v>
       </c>
       <c r="P44" s="4">
         <v>10.7</v>
       </c>
       <c r="Q44" s="4">
-        <v>10.7</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>100</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3937,54 +3937,54 @@
       <c r="I45" s="13" t="s">
         <v>201</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>216</v>
       </c>
       <c r="P45" s="4">
         <v>10.74</v>
       </c>
       <c r="Q45" s="4">
-        <v>10.74</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>90</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -3998,54 +3998,54 @@
       <c r="I46" s="13" t="s">
         <v>201</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>218</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>219</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>220</v>
       </c>
       <c r="P46" s="4">
         <v>10.74</v>
       </c>
       <c r="Q46" s="4">
-        <v>10.74</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>100</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4059,54 +4059,54 @@
       <c r="I47" s="13" t="s">
         <v>201</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>222</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>223</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>224</v>
       </c>
       <c r="P47" s="4">
         <v>10.73</v>
       </c>
       <c r="Q47" s="4">
-        <v>10.73</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>80</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4120,54 +4120,54 @@
       <c r="I48" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>228</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>229</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>230</v>
       </c>
       <c r="P48" s="4">
         <v>3.62</v>
       </c>
       <c r="Q48" s="4">
-        <v>3.55</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>97.85</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4181,54 +4181,54 @@
       <c r="I49" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>232</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>233</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>234</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>235</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P49" s="4">
         <v>9.22</v>
       </c>
       <c r="Q49" s="4">
-        <v>9.2</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>99.82</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>100</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4242,54 +4242,54 @@
       <c r="I50" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>239</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>240</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>241</v>
       </c>
       <c r="P50" s="4">
         <v>22.45</v>
       </c>
       <c r="Q50" s="4">
-        <v>3.28</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>14.63</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>100</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4303,54 +4303,54 @@
       <c r="I51" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>243</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>244</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>198</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>199</v>
       </c>
       <c r="P51" s="4">
         <v>4.57</v>
       </c>
       <c r="Q51" s="4">
-        <v>4.47</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>97.7</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>100</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4596,54 +4596,54 @@
       <c r="I56" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>263</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>264</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>265</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>266</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>267</v>
       </c>
       <c r="P56" s="4">
         <v>237.94</v>
       </c>
       <c r="Q56" s="4">
-        <v>126.1</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>53</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>88</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -4779,54 +4779,54 @@
       <c r="I59" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>280</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>281</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>282</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>283</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>284</v>
       </c>
       <c r="P59" s="4">
         <v>15.94</v>
       </c>
       <c r="Q59" s="4">
-        <v>11.1</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>69.63</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>100</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -4874,54 +4874,54 @@
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="7" t="s">
         <v>290</v>
       </c>
       <c r="B61" s="7"/>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="11"/>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="14"/>
       <c r="I61" s="14"/>
       <c r="J61" s="14"/>
       <c r="K61" s="8"/>
       <c r="L61" s="8"/>
       <c r="M61" s="8"/>
       <c r="N61" s="8"/>
       <c r="O61" s="8">
         <v>1774.16</v>
       </c>
       <c r="P61" s="8">
-        <v>914.21</v>
+        <v>0</v>
       </c>
       <c r="Q61" s="8">
-        <v>51.53</v>
+        <v>0</v>
       </c>
       <c r="R61" s="8"/>
       <c r="S61" s="8"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A61:N61"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>