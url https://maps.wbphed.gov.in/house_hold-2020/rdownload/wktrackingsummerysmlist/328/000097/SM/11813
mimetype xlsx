--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1055,54 +1055,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.1</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.03</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>97.57</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1116,54 +1116,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>3.14</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.03</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>96.68</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1474,54 +1474,54 @@
       <c r="I10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P10" s="4">
         <v>4.53</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.51</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.57</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1535,54 +1535,54 @@
       <c r="I11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>5.44</v>
       </c>
       <c r="Q11" s="4">
-        <v>5.44</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1999,54 +1999,54 @@
       <c r="I19" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P19" s="4">
         <v>12.75</v>
       </c>
       <c r="Q19" s="4">
-        <v>13.11</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>102.81</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2121,54 +2121,54 @@
       <c r="I21" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P21" s="4">
         <v>8.47</v>
       </c>
       <c r="Q21" s="4">
-        <v>8.35</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>98.64</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2182,54 +2182,54 @@
       <c r="I22" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P22" s="4">
         <v>52.84</v>
       </c>
       <c r="Q22" s="4">
-        <v>50.1</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>94.81</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2243,54 +2243,54 @@
       <c r="I23" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P23" s="4">
         <v>115.22</v>
       </c>
       <c r="Q23" s="4">
-        <v>16.97</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>14.73</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>45</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2487,88 +2487,88 @@
       <c r="I27" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P27" s="4">
         <v>97.34</v>
       </c>
       <c r="Q27" s="4">
-        <v>86.6</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>88.96</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>513.7</v>
       </c>
       <c r="P28" s="8">
-        <v>191.14</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>37.21</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>