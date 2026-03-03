--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1250,54 +1250,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>11.44</v>
       </c>
       <c r="Q3" s="4">
-        <v>11.45</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100.07</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1370,54 +1370,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>2.16</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.16</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1427,54 +1427,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>10.61</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.39</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>79.1</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1484,54 +1484,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>10.61</v>
       </c>
       <c r="Q7" s="4">
-        <v>8.77</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>82.69</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1543,54 +1543,54 @@
         <v>55</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>11.45</v>
       </c>
       <c r="Q8" s="4">
-        <v>11.38</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.44</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1600,54 +1600,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P9" s="4">
         <v>0.92</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1657,54 +1657,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P10" s="4">
         <v>0.68</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.57</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>84.35</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1714,54 +1714,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P11" s="4">
         <v>0.92</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.87</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>94.61</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1771,54 +1771,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P12" s="4">
         <v>4.52</v>
       </c>
       <c r="Q12" s="4">
-        <v>1.54</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>34.04</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1828,54 +1828,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>77</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P13" s="4">
         <v>0.96</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>12.5</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2288,54 +2288,54 @@
       <c r="I21" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P21" s="4">
         <v>7.87</v>
       </c>
       <c r="Q21" s="4">
-        <v>7.87</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2347,54 +2347,54 @@
         <v>113</v>
       </c>
       <c r="I22" s="13"/>
       <c r="J22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P22" s="4">
         <v>155.8</v>
       </c>
       <c r="Q22" s="4">
-        <v>58.03</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>37.24</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>1</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2408,54 +2408,54 @@
       <c r="I23" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P23" s="4">
         <v>2.16</v>
       </c>
       <c r="Q23" s="4">
-        <v>2.16</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2467,54 +2467,54 @@
         <v>125</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P24" s="4">
         <v>141.66</v>
       </c>
       <c r="Q24" s="4">
-        <v>176.05</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>124.28</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>1</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2528,54 +2528,54 @@
       <c r="I25" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P25" s="4">
         <v>7.86</v>
       </c>
       <c r="Q25" s="4">
-        <v>7.86</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2589,54 +2589,54 @@
       <c r="I26" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P26" s="4">
         <v>17.49</v>
       </c>
       <c r="Q26" s="4">
-        <v>17.49</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2648,54 +2648,54 @@
         <v>143</v>
       </c>
       <c r="I27" s="13"/>
       <c r="J27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P27" s="4">
         <v>10.28</v>
       </c>
       <c r="Q27" s="4">
-        <v>10.28</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2709,54 +2709,54 @@
       <c r="I28" s="13" t="s">
         <v>150</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="P28" s="4">
         <v>13.83</v>
       </c>
       <c r="Q28" s="4">
-        <v>0.01</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>0.08</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2941,54 +2941,54 @@
       <c r="I32" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P32" s="4">
         <v>170.45</v>
       </c>
       <c r="Q32" s="4">
-        <v>156.41</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>91.77</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3002,54 +3002,54 @@
       <c r="I33" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P33" s="4">
         <v>146.7</v>
       </c>
       <c r="Q33" s="4">
-        <v>121.15</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>82.59</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>80</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3063,54 +3063,54 @@
       <c r="I34" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>178</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>179</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P34" s="4">
         <v>26.37</v>
       </c>
       <c r="Q34" s="4">
-        <v>25.86</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>98.09</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>20</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3124,54 +3124,54 @@
       <c r="I35" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>185</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>186</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P35" s="4">
         <v>25.62</v>
       </c>
       <c r="Q35" s="4">
-        <v>25.6</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3185,54 +3185,54 @@
       <c r="I36" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>188</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>190</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>191</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P36" s="4">
         <v>5.18</v>
       </c>
       <c r="Q36" s="4">
-        <v>4.81</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>92.75</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3246,54 +3246,54 @@
       <c r="I37" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>195</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>196</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P37" s="4">
         <v>3.21</v>
       </c>
       <c r="Q37" s="4">
-        <v>3.21</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3307,54 +3307,54 @@
       <c r="I38" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>199</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>200</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>201</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P38" s="4">
         <v>16.44</v>
       </c>
       <c r="Q38" s="4">
-        <v>16.38</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>99.64</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3368,54 +3368,54 @@
       <c r="I39" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>203</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>204</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>205</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>206</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>207</v>
       </c>
       <c r="P39" s="4">
         <v>16.44</v>
       </c>
       <c r="Q39" s="4">
-        <v>15.94</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>97.01</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3486,88 +3486,88 @@
       <c r="I41" s="13" t="s">
         <v>138</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>212</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>213</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>214</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P41" s="4">
         <v>163.38</v>
       </c>
       <c r="Q41" s="4">
-        <v>125.78</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>76.99</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="7" t="s">
         <v>215</v>
       </c>
       <c r="B42" s="7"/>
       <c r="C42" s="7"/>
       <c r="D42" s="7"/>
       <c r="E42" s="11"/>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="14"/>
       <c r="I42" s="14"/>
       <c r="J42" s="14"/>
       <c r="K42" s="8"/>
       <c r="L42" s="8"/>
       <c r="M42" s="8"/>
       <c r="N42" s="8"/>
       <c r="O42" s="8">
         <v>1168.79</v>
       </c>
       <c r="P42" s="8">
-        <v>821.08</v>
+        <v>0</v>
       </c>
       <c r="Q42" s="8">
-        <v>70.25</v>
+        <v>0</v>
       </c>
       <c r="R42" s="8"/>
       <c r="S42" s="8"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A42:N42"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>