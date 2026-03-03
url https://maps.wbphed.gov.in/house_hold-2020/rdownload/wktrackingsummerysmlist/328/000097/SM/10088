--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1257,54 +1257,54 @@
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>11.43</v>
       </c>
       <c r="Q6" s="4">
-        <v>11.43</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1660,54 +1660,54 @@
       <c r="I13" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P13" s="4">
         <v>554.56</v>
       </c>
       <c r="Q13" s="4">
-        <v>503.06</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>90.71</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>90</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1721,54 +1721,54 @@
       <c r="I14" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="4">
         <v>12.67</v>
       </c>
       <c r="Q14" s="4">
-        <v>6.41</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>50.59</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>65</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1780,54 +1780,54 @@
         <v>89</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P15" s="4">
         <v>97.85</v>
       </c>
       <c r="Q15" s="4">
-        <v>71.39</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>72.95</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1841,54 +1841,54 @@
       <c r="I16" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P16" s="4">
         <v>87.97</v>
       </c>
       <c r="Q16" s="4">
-        <v>89.05</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>101.23</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1902,54 +1902,54 @@
       <c r="I17" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P17" s="4">
         <v>17.39</v>
       </c>
       <c r="Q17" s="4">
-        <v>17.17</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>98.73</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1963,54 +1963,54 @@
       <c r="I18" s="13" t="s">
         <v>108</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P18" s="4">
         <v>3.16</v>
       </c>
       <c r="Q18" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>50</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2022,54 +2022,54 @@
         <v>114</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>108</v>
       </c>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P19" s="4">
         <v>0.7</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.7</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2083,54 +2083,54 @@
       <c r="I20" s="13" t="s">
         <v>108</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P20" s="4">
         <v>3.16</v>
       </c>
       <c r="Q20" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2315,54 +2315,54 @@
       <c r="I24" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P24" s="4">
         <v>605.44</v>
       </c>
       <c r="Q24" s="4">
-        <v>385.99</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>63.75</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>85</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2498,88 +2498,88 @@
       <c r="I27" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>156</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>157</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>158</v>
       </c>
       <c r="P27" s="4">
         <v>23.13</v>
       </c>
       <c r="Q27" s="4">
-        <v>12.37</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>53.51</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>159</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>1688.89</v>
       </c>
       <c r="P28" s="8">
-        <v>1103.89</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>65.36</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>