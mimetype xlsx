--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1016,54 +1016,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>158.04</v>
       </c>
       <c r="Q3" s="4">
-        <v>65.57</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>41.49</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1419,54 +1419,54 @@
         <v>60</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P10" s="4">
         <v>110.23</v>
       </c>
       <c r="Q10" s="4">
-        <v>110.18</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1476,54 +1476,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>65</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="4">
         <v>4.84</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.81</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.51</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1537,54 +1537,54 @@
       <c r="I12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>1.53</v>
       </c>
       <c r="Q12" s="4">
-        <v>1.47</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>95.73</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1598,54 +1598,54 @@
       <c r="I13" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>4.8</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.49</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>93.55</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1716,54 +1716,54 @@
       <c r="I15" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P15" s="4">
         <v>4.83</v>
       </c>
       <c r="Q15" s="4">
-        <v>4.6</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>95.28</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>99</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1773,54 +1773,54 @@
       </c>
       <c r="H16" s="13" t="s">
         <v>94</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P16" s="4">
         <v>10.53</v>
       </c>
       <c r="Q16" s="4">
-        <v>10.53</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>99</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1834,54 +1834,54 @@
       <c r="I17" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="4">
         <v>11.6</v>
       </c>
       <c r="Q17" s="4">
-        <v>11.57</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1895,54 +1895,54 @@
       <c r="I18" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P18" s="4">
         <v>9.24</v>
       </c>
       <c r="Q18" s="4">
-        <v>9.03</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>97.68</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2070,54 +2070,54 @@
       <c r="I21" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P21" s="4">
         <v>212.74</v>
       </c>
       <c r="Q21" s="4">
-        <v>138.86</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>65.27</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2131,54 +2131,54 @@
       <c r="I22" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P22" s="4">
         <v>150.63</v>
       </c>
       <c r="Q22" s="4">
-        <v>91.81</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>60.95</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>60</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2192,54 +2192,54 @@
       <c r="I23" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P23" s="4">
         <v>195.6</v>
       </c>
       <c r="Q23" s="4">
-        <v>74.55</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>38.11</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>85</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2253,88 +2253,88 @@
       <c r="I24" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P24" s="4">
         <v>27.54</v>
       </c>
       <c r="Q24" s="4">
-        <v>22.98</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>83.45</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>137</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>1122.46</v>
       </c>
       <c r="P25" s="8">
-        <v>550.44</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>49.04</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>