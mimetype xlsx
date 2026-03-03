--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1272,54 +1272,54 @@
       <c r="I6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>11.14</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.61</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>77.34</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>70</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1451,54 +1451,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>0.88</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.82</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>92.43</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>30</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1510,54 +1510,54 @@
         <v>67</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>177.1</v>
       </c>
       <c r="Q10" s="4">
-        <v>94.69</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>53.47</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1968,54 +1968,54 @@
         <v>105</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P18" s="4">
         <v>162.92</v>
       </c>
       <c r="Q18" s="4">
-        <v>83.77</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>51.42</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2025,54 +2025,54 @@
       </c>
       <c r="H19" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P19" s="4">
         <v>0.88</v>
       </c>
       <c r="Q19" s="4">
-        <v>1.04</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>118.12</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>50</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2206,54 +2206,54 @@
         <v>127</v>
       </c>
       <c r="I22" s="13"/>
       <c r="J22" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P22" s="4">
         <v>143.72</v>
       </c>
       <c r="Q22" s="4">
-        <v>110.73</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>77.04</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2324,54 +2324,54 @@
       <c r="I24" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>139</v>
       </c>
       <c r="P24" s="4">
         <v>174.6</v>
       </c>
       <c r="Q24" s="4">
-        <v>92.67</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>53.07</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2383,54 +2383,54 @@
         <v>140</v>
       </c>
       <c r="I25" s="13"/>
       <c r="J25" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P25" s="4">
         <v>175.44</v>
       </c>
       <c r="Q25" s="4">
-        <v>136.33</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>77.71</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2444,54 +2444,54 @@
       <c r="I26" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P26" s="4">
         <v>197.49</v>
       </c>
       <c r="Q26" s="4">
-        <v>67.35</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>34.11</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2627,88 +2627,88 @@
       <c r="I29" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="P29" s="4">
         <v>177.82</v>
       </c>
       <c r="Q29" s="4">
-        <v>124.31</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>69.91</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="7" t="s">
         <v>162</v>
       </c>
       <c r="B30" s="7"/>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
       <c r="E30" s="11"/>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="8"/>
       <c r="L30" s="8"/>
       <c r="M30" s="8"/>
       <c r="N30" s="8"/>
       <c r="O30" s="8">
         <v>1701.53</v>
       </c>
       <c r="P30" s="8">
-        <v>720.32</v>
+        <v>0</v>
       </c>
       <c r="Q30" s="8">
-        <v>42.33</v>
+        <v>0</v>
       </c>
       <c r="R30" s="8"/>
       <c r="S30" s="8"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A30:N30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>