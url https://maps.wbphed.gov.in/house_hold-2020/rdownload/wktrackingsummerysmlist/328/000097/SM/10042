--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1343,54 +1343,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>39.13</v>
       </c>
       <c r="Q3" s="4">
-        <v>12.95</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>33.1</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1404,54 +1404,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>19.95</v>
       </c>
       <c r="Q4" s="4">
-        <v>19.62</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.34</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1465,54 +1465,54 @@
       <c r="I5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>3.56</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.54</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.47</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1526,54 +1526,54 @@
       <c r="I6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P6" s="4">
         <v>1.16</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.03</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>88.71</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1587,54 +1587,54 @@
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>2.99</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.99</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1648,54 +1648,54 @@
       <c r="I8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>2.99</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.99</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1709,54 +1709,54 @@
       <c r="I9" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>8.6</v>
       </c>
       <c r="Q9" s="4">
-        <v>8.6</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1770,54 +1770,54 @@
       <c r="I10" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>8.6</v>
       </c>
       <c r="Q10" s="4">
-        <v>8.6</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1829,54 +1829,54 @@
         <v>70</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P11" s="4">
         <v>0.73</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>1</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1890,54 +1890,54 @@
       <c r="I12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>0.4</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1949,54 +1949,54 @@
         <v>81</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>0.4</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>1</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2008,54 +2008,54 @@
         <v>85</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="4">
         <v>0.24</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>1</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2067,54 +2067,54 @@
         <v>70</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P15" s="4">
         <v>0.26</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.26</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>1</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2126,54 +2126,54 @@
         <v>92</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P16" s="4">
         <v>11.45</v>
       </c>
       <c r="Q16" s="4">
-        <v>7.78</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>67.95</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>1</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2757,54 +2757,54 @@
       <c r="I27" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P27" s="4">
         <v>3.27</v>
       </c>
       <c r="Q27" s="4">
-        <v>2.18</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>66.67</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2818,54 +2818,54 @@
       <c r="I28" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>145</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P28" s="4">
         <v>4</v>
       </c>
       <c r="Q28" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2877,54 +2877,54 @@
         <v>151</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P29" s="4">
         <v>97.41</v>
       </c>
       <c r="Q29" s="4">
-        <v>94.45</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>96.96</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>1</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2938,54 +2938,54 @@
       <c r="I30" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>159</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P30" s="4">
         <v>77.4</v>
       </c>
       <c r="Q30" s="4">
-        <v>63.44</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>81.96</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>1</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2997,54 +2997,54 @@
         <v>160</v>
       </c>
       <c r="I31" s="13"/>
       <c r="J31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P31" s="4">
         <v>0.67</v>
       </c>
       <c r="Q31" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>1</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3058,54 +3058,54 @@
       <c r="I32" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>164</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>165</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="P32" s="4">
         <v>2.96</v>
       </c>
       <c r="Q32" s="4">
-        <v>2.96</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3290,54 +3290,54 @@
       <c r="I36" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>185</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>186</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>187</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="P36" s="4">
         <v>3.57</v>
       </c>
       <c r="Q36" s="4">
-        <v>3.56</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>99.68</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3351,54 +3351,54 @@
       <c r="I37" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>191</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>192</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>166</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P37" s="4">
         <v>4.95</v>
       </c>
       <c r="Q37" s="4">
-        <v>5.06</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>102.3</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3925,54 +3925,54 @@
       <c r="I47" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>228</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>229</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P47" s="4">
         <v>197.94</v>
       </c>
       <c r="Q47" s="4">
-        <v>66.23</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>33.46</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -3986,54 +3986,54 @@
       <c r="I48" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>233</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>234</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P48" s="4">
         <v>197.12</v>
       </c>
       <c r="Q48" s="4">
-        <v>107.65</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>54.61</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4108,88 +4108,88 @@
       <c r="I50" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>241</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>242</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>243</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>244</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>245</v>
       </c>
       <c r="P50" s="4">
         <v>0.88</v>
       </c>
       <c r="Q50" s="4">
-        <v>0.44</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>32</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="7" t="s">
         <v>246</v>
       </c>
       <c r="B51" s="7"/>
       <c r="C51" s="7"/>
       <c r="D51" s="7"/>
       <c r="E51" s="11"/>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="14"/>
       <c r="I51" s="14"/>
       <c r="J51" s="14"/>
       <c r="K51" s="8"/>
       <c r="L51" s="8"/>
       <c r="M51" s="8"/>
       <c r="N51" s="8"/>
       <c r="O51" s="8">
         <v>916.2</v>
       </c>
       <c r="P51" s="8">
-        <v>420.78</v>
+        <v>0</v>
       </c>
       <c r="Q51" s="8">
-        <v>45.93</v>
+        <v>0</v>
       </c>
       <c r="R51" s="8"/>
       <c r="S51" s="8"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A51:N51"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>