--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1037,54 +1037,54 @@
         <v>30</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>15.35</v>
       </c>
       <c r="Q4" s="4">
-        <v>13.91</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>90.62</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1096,54 +1096,54 @@
         <v>37</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>11.44</v>
       </c>
       <c r="Q5" s="4">
-        <v>11.36</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.3</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1157,54 +1157,54 @@
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>11.45</v>
       </c>
       <c r="Q6" s="4">
-        <v>11.33</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.99</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1218,54 +1218,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>25.64</v>
       </c>
       <c r="Q7" s="4">
-        <v>25.64</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1680,54 +1680,54 @@
         <v>83</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P15" s="4">
         <v>108.89</v>
       </c>
       <c r="Q15" s="4">
-        <v>108.02</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.19</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1741,54 +1741,54 @@
       <c r="I16" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P16" s="4">
         <v>221.07</v>
       </c>
       <c r="Q16" s="4">
-        <v>139.13</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>62.93</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1802,54 +1802,54 @@
       <c r="I17" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P17" s="4">
         <v>29.33</v>
       </c>
       <c r="Q17" s="4">
-        <v>29.32</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1920,54 +1920,54 @@
       <c r="I19" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P19" s="4">
         <v>187.78</v>
       </c>
       <c r="Q19" s="4">
-        <v>126.62</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>67.43</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -1981,54 +1981,54 @@
       <c r="I20" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P20" s="4">
         <v>203.47</v>
       </c>
       <c r="Q20" s="4">
-        <v>189.67</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>93.21</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2042,54 +2042,54 @@
       <c r="I21" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P21" s="4">
         <v>14.7</v>
       </c>
       <c r="Q21" s="4">
-        <v>12.61</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>85.77</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2103,54 +2103,54 @@
       <c r="I22" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P22" s="4">
         <v>14.7</v>
       </c>
       <c r="Q22" s="4">
-        <v>12.74</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>86.68</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>60</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2164,88 +2164,88 @@
       <c r="I23" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P23" s="4">
         <v>20.2</v>
       </c>
       <c r="Q23" s="4">
-        <v>18.4</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>91.07</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>125</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>959.13</v>
       </c>
       <c r="P24" s="8">
-        <v>698.74</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>72.85</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>