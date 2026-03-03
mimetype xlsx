--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1148,54 +1148,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>11.44</v>
       </c>
       <c r="Q3" s="4">
-        <v>11.42</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.83</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1209,54 +1209,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>10.64</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.15</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>76.58</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1266,54 +1266,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P5" s="4">
         <v>0.8</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>96.71</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1327,54 +1327,54 @@
       <c r="I6" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P6" s="4">
         <v>10.64</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.34</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>87.78</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1384,54 +1384,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P7" s="4">
         <v>0.96</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.48</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1848,54 +1848,54 @@
       <c r="I15" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P15" s="4">
         <v>7.87</v>
       </c>
       <c r="Q15" s="4">
-        <v>7.01</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>89.14</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>80</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1909,54 +1909,54 @@
       <c r="I16" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P16" s="4">
         <v>16.43</v>
       </c>
       <c r="Q16" s="4">
-        <v>15.36</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>93.49</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>80</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1970,54 +1970,54 @@
       <c r="I17" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P17" s="4">
         <v>18.38</v>
       </c>
       <c r="Q17" s="4">
-        <v>3.54</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>19.25</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2029,54 +2029,54 @@
         <v>100</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P18" s="4">
         <v>108.63</v>
       </c>
       <c r="Q18" s="4">
-        <v>69.86</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>64.31</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>1</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2090,54 +2090,54 @@
       <c r="I19" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P19" s="4">
         <v>0.59</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>82.63</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>1</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2151,54 +2151,54 @@
       <c r="I20" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P20" s="4">
         <v>2.65</v>
       </c>
       <c r="Q20" s="4">
-        <v>2.65</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2212,54 +2212,54 @@
       <c r="I21" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P21" s="4">
         <v>11.44</v>
       </c>
       <c r="Q21" s="4">
-        <v>11.43</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>99.89</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2562,54 +2562,54 @@
       <c r="I27" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="P27" s="4">
         <v>16.44</v>
       </c>
       <c r="Q27" s="4">
-        <v>15.36</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>93.42</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2623,54 +2623,54 @@
       <c r="I28" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P28" s="4">
         <v>2.65</v>
       </c>
       <c r="Q28" s="4">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>97.89</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2684,54 +2684,54 @@
       <c r="I29" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P29" s="4">
         <v>9</v>
       </c>
       <c r="Q29" s="4">
-        <v>9.1</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>101.07</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2802,54 +2802,54 @@
       <c r="I31" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P31" s="4">
         <v>169.95</v>
       </c>
       <c r="Q31" s="4">
-        <v>98.07</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>57.71</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>75</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2863,54 +2863,54 @@
       <c r="I32" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P32" s="4">
         <v>181.29</v>
       </c>
       <c r="Q32" s="4">
-        <v>94.98</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>52.39</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2924,54 +2924,54 @@
       <c r="I33" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>172</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P33" s="4">
         <v>173.57</v>
       </c>
       <c r="Q33" s="4">
-        <v>51.19</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>29.49</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -2985,54 +2985,54 @@
       <c r="I34" s="13" t="s">
         <v>83</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>159</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>176</v>
       </c>
       <c r="P34" s="4">
         <v>7.87</v>
       </c>
       <c r="Q34" s="4">
-        <v>6.32</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>80.25</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3080,54 +3080,54 @@
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="7" t="s">
         <v>181</v>
       </c>
       <c r="B36" s="7"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="11"/>
       <c r="F36" s="7"/>
       <c r="G36" s="7"/>
       <c r="H36" s="14"/>
       <c r="I36" s="14"/>
       <c r="J36" s="14"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8">
         <v>981.74</v>
       </c>
       <c r="P36" s="8">
-        <v>418.11</v>
+        <v>0</v>
       </c>
       <c r="Q36" s="8">
-        <v>42.59</v>
+        <v>0</v>
       </c>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A36:N36"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>