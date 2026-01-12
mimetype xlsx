--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -729,50 +729,59 @@
     <t>ORD/000687/2024-2025</t>
   </si>
   <si>
     <t>71/HQ/JD</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>Continuation order for Supply of 1 (one) Maxi Cab with engine capacity less than or equal to 2000 C.C. on hire basis including driver under Office of the Executive Engineer, Jalpaiguri Division, P.H.E. Dte. for the use of the Assistant Engineer(HQ), Jalpaiguri Division, P.H.E. Dte. (with valid Taxi permit). (From 22.01.2025 to 28.02.2025)</t>
   </si>
   <si>
     <t>ORD/000595/2024-2025</t>
   </si>
   <si>
     <t>15/HQ/JD</t>
   </si>
   <si>
     <t>20/01/2025</t>
   </si>
   <si>
     <t>27/02/2025</t>
+  </si>
+  <si>
+    <t>ORD/000356/2023-2024</t>
+  </si>
+  <si>
+    <t>1432/JD</t>
+  </si>
+  <si>
+    <t>26/02/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1161,51 +1170,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W45"/>
+  <dimension ref="A1:W46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -3779,87 +3788,148 @@
       </c>
       <c r="N44" s="4" t="s">
         <v>238</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P44" s="4">
         <v>0.19</v>
       </c>
       <c r="Q44" s="4">
         <v>0.19</v>
       </c>
       <c r="R44" s="4">
         <v>99.8</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
-      <c r="A45" s="7" t="s">
+      <c r="A45" s="3">
+        <v>43</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C45" s="3"/>
+      <c r="D45" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E45" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H45" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="I45" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J45" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K45" s="4" t="s">
         <v>239</v>
       </c>
-      <c r="B45" s="7"/>
-[...22 lines deleted...]
-      <c r="S45" s="8"/>
+      <c r="L45" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="M45" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="N45" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="O45" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="P45" s="4">
+        <v>33.17</v>
+      </c>
+      <c r="Q45" s="4">
+        <v>30.24</v>
+      </c>
+      <c r="R45" s="4">
+        <v>91.16</v>
+      </c>
+      <c r="S45" s="4">
+        <v>85</v>
+      </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
+    <row r="46" spans="1:23">
+      <c r="A46" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="B46" s="7"/>
+      <c r="C46" s="7"/>
+      <c r="D46" s="7"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="7"/>
+      <c r="G46" s="7"/>
+      <c r="H46" s="14"/>
+      <c r="I46" s="14"/>
+      <c r="J46" s="14"/>
+      <c r="K46" s="8"/>
+      <c r="L46" s="8"/>
+      <c r="M46" s="8"/>
+      <c r="N46" s="8"/>
+      <c r="O46" s="8">
+        <v>1979.65</v>
+      </c>
+      <c r="P46" s="8">
+        <v>1408.95</v>
+      </c>
+      <c r="Q46" s="8">
+        <v>71.17</v>
+      </c>
+      <c r="R46" s="8"/>
+      <c r="S46" s="8"/>
+      <c r="T46" s="1"/>
+      <c r="U46" s="1"/>
+      <c r="V46" s="1"/>
+      <c r="W46" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A45:N45"/>
+    <mergeCell ref="A46:N46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>