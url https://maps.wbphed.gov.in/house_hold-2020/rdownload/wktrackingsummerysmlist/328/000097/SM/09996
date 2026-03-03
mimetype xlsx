--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1333,54 +1333,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>8.09</v>
       </c>
       <c r="Q3" s="4">
-        <v>7.77</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>96.02</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1394,54 +1394,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>8.09</v>
       </c>
       <c r="Q4" s="4">
-        <v>7.92</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>97.97</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1455,54 +1455,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>4.65</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.65</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1516,54 +1516,54 @@
       <c r="I6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>2.77</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.77</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1866,54 +1866,54 @@
       <c r="I12" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="4">
         <v>8.26</v>
       </c>
       <c r="Q12" s="4">
-        <v>8.26</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1923,54 +1923,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>74</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P13" s="4">
         <v>0.94</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.47</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2102,54 +2102,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P16" s="4">
         <v>2.26</v>
       </c>
       <c r="Q16" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>93.51</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>1</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2163,54 +2163,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P17" s="4">
         <v>2.26</v>
       </c>
       <c r="Q17" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>93.51</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>1</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2220,54 +2220,54 @@
       </c>
       <c r="H18" s="13" t="s">
         <v>100</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P18" s="4">
         <v>1.71</v>
       </c>
       <c r="Q18" s="4">
-        <v>1.71</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>1</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2281,54 +2281,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P19" s="4">
         <v>94.23</v>
       </c>
       <c r="Q19" s="4">
-        <v>84.1</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>89.25</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2513,54 +2513,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>125</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P23" s="4">
         <v>0.88</v>
       </c>
       <c r="Q23" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>110.94</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>30</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2635,54 +2635,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P25" s="4">
         <v>788.85</v>
       </c>
       <c r="Q25" s="4">
-        <v>629.96</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>79.86</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2696,54 +2696,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P26" s="4">
         <v>540.04</v>
       </c>
       <c r="Q26" s="4">
-        <v>506.81</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>93.85</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2757,54 +2757,54 @@
       <c r="I27" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P27" s="4">
         <v>2.18</v>
       </c>
       <c r="Q27" s="4">
-        <v>2.18</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2818,54 +2818,54 @@
       <c r="I28" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P28" s="4">
         <v>8.01</v>
       </c>
       <c r="Q28" s="4">
-        <v>8.01</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2879,54 +2879,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>160</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>161</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>162</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P29" s="4">
         <v>48.86</v>
       </c>
       <c r="Q29" s="4">
-        <v>49.55</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>101.41</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3001,54 +3001,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P31" s="4">
         <v>26.72</v>
       </c>
       <c r="Q31" s="4">
-        <v>18.21</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>68.15</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>85</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3062,54 +3062,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>179</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P32" s="4">
         <v>8.11</v>
       </c>
       <c r="Q32" s="4">
-        <v>7.98</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>98.41</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3408,54 +3408,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>203</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>204</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>205</v>
       </c>
       <c r="P38" s="4">
         <v>31.21</v>
       </c>
       <c r="Q38" s="4">
-        <v>24.05</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>77.06</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3469,54 +3469,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>207</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>208</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>209</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>210</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>211</v>
       </c>
       <c r="P39" s="4">
         <v>10.16</v>
       </c>
       <c r="Q39" s="4">
-        <v>7.98</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>78.6</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>50</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3591,54 +3591,54 @@
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>125</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>219</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>220</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>221</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>222</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P41" s="4">
         <v>0.88</v>
       </c>
       <c r="Q41" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>104.49</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3774,54 +3774,54 @@
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>125</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>235</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>236</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>237</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>238</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P44" s="4">
         <v>0.19</v>
       </c>
       <c r="Q44" s="4">
-        <v>0.19</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3835,88 +3835,88 @@
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>239</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>240</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>241</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P45" s="4">
         <v>33.17</v>
       </c>
       <c r="Q45" s="4">
-        <v>30.24</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>91.16</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>85</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="7" t="s">
         <v>242</v>
       </c>
       <c r="B46" s="7"/>
       <c r="C46" s="7"/>
       <c r="D46" s="7"/>
       <c r="E46" s="11"/>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="14"/>
       <c r="I46" s="14"/>
       <c r="J46" s="14"/>
       <c r="K46" s="8"/>
       <c r="L46" s="8"/>
       <c r="M46" s="8"/>
       <c r="N46" s="8"/>
       <c r="O46" s="8">
         <v>1979.65</v>
       </c>
       <c r="P46" s="8">
-        <v>1408.95</v>
+        <v>0</v>
       </c>
       <c r="Q46" s="8">
-        <v>71.17</v>
+        <v>0</v>
       </c>
       <c r="R46" s="8"/>
       <c r="S46" s="8"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A46:N46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>