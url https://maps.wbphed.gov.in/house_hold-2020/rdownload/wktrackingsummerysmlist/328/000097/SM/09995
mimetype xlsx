--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="453">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="458">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -1368,50 +1368,65 @@
     <t>Supply, delivery &amp; installation of 25KVA Servo Motor operated Copper wound line voltage corrector under Augmentation of SUKHANI W/S Scheme at T/W No. I, Zone-III in the district of Jalpaiguri under Northern Mechanical Division, P.H. Engineering Dte.</t>
   </si>
   <si>
     <t>ORD/000264/2022-2023</t>
   </si>
   <si>
     <t>1008/NMD</t>
   </si>
   <si>
     <t>B.B. CONCERNED</t>
   </si>
   <si>
     <t>Laying Rising Main from Pump Houses to Over Head Reservoir with necessity connections for Augmentation of Sukhani (Zone-III) Piped Water Supply Scheme i.c.w. Jal Jeevan Mission at Rajganj Block under Jalpaiguri Division, P. H. E. Dte.</t>
   </si>
   <si>
     <t>ORD/000485/2022-2023</t>
   </si>
   <si>
     <t>804/JD</t>
   </si>
   <si>
     <t>29/03/2023</t>
   </si>
   <si>
     <t>JITENDRA NATH ROY</t>
+  </si>
+  <si>
+    <t>Installation of Iron Elimination Plant including construction of Blower Room (3.60MX3.00M) Size, concrete platform &amp; drain for Augmentation at head work site Sukhani PWSS (Zone-III) under Jalpaiguri Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000319/2023-2024</t>
+  </si>
+  <si>
+    <t>1267/JD</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>ASHIT KUMAR SINGHA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1800,51 +1815,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W98"/>
+  <dimension ref="A1:W99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69.554443" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -7589,87 +7604,148 @@
       </c>
       <c r="N97" s="4" t="s">
         <v>441</v>
       </c>
       <c r="O97" s="4" t="s">
         <v>451</v>
       </c>
       <c r="P97" s="4">
         <v>13.79</v>
       </c>
       <c r="Q97" s="4">
         <v>11.26</v>
       </c>
       <c r="R97" s="4">
         <v>81.67</v>
       </c>
       <c r="S97" s="4">
         <v>100</v>
       </c>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
-      <c r="A98" s="7" t="s">
+      <c r="A98" s="3">
+        <v>96</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C98" s="3"/>
+      <c r="D98" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E98" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H98" s="13" t="s">
         <v>452</v>
       </c>
-      <c r="B98" s="7"/>
-[...22 lines deleted...]
-      <c r="S98" s="8"/>
+      <c r="I98" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="J98" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K98" s="4" t="s">
+        <v>453</v>
+      </c>
+      <c r="L98" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="M98" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="N98" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="O98" s="4" t="s">
+        <v>456</v>
+      </c>
+      <c r="P98" s="4">
+        <v>52.24</v>
+      </c>
+      <c r="Q98" s="4">
+        <v>0</v>
+      </c>
+      <c r="R98" s="4">
+        <v>0</v>
+      </c>
+      <c r="S98" s="4">
+        <v>100</v>
+      </c>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
+    <row r="99" spans="1:23">
+      <c r="A99" s="7" t="s">
+        <v>457</v>
+      </c>
+      <c r="B99" s="7"/>
+      <c r="C99" s="7"/>
+      <c r="D99" s="7"/>
+      <c r="E99" s="11"/>
+      <c r="F99" s="7"/>
+      <c r="G99" s="7"/>
+      <c r="H99" s="14"/>
+      <c r="I99" s="14"/>
+      <c r="J99" s="14"/>
+      <c r="K99" s="8"/>
+      <c r="L99" s="8"/>
+      <c r="M99" s="8"/>
+      <c r="N99" s="8"/>
+      <c r="O99" s="8">
+        <v>4270.18</v>
+      </c>
+      <c r="P99" s="8">
+        <v>2180.32</v>
+      </c>
+      <c r="Q99" s="8">
+        <v>51.06</v>
+      </c>
+      <c r="R99" s="8"/>
+      <c r="S99" s="8"/>
+      <c r="T99" s="1"/>
+      <c r="U99" s="1"/>
+      <c r="V99" s="1"/>
+      <c r="W99" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A98:N98"/>
+    <mergeCell ref="A99:N99"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>