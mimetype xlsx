--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -2157,54 +2157,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>8.09</v>
       </c>
       <c r="Q6" s="4">
-        <v>7.79</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>96.26</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -2218,54 +2218,54 @@
       <c r="I7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="4">
         <v>8.09</v>
       </c>
       <c r="Q7" s="4">
-        <v>7.7</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>95.18</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -2275,54 +2275,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>14.17</v>
       </c>
       <c r="Q8" s="4">
-        <v>13.81</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>97.43</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -2336,54 +2336,54 @@
       <c r="I9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>8.09</v>
       </c>
       <c r="Q9" s="4">
-        <v>7.33</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>90.61</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -2397,54 +2397,54 @@
       <c r="I10" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P10" s="4">
         <v>8.09</v>
       </c>
       <c r="Q10" s="4">
-        <v>7.35</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>90.84</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -3655,54 +3655,54 @@
       <c r="I32" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>133</v>
       </c>
       <c r="P32" s="4">
         <v>668.61</v>
       </c>
       <c r="Q32" s="4">
-        <v>433.35</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>64.81</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>1</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3716,54 +3716,54 @@
       <c r="I33" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>139</v>
       </c>
       <c r="P33" s="4">
         <v>4.64</v>
       </c>
       <c r="Q33" s="4">
-        <v>4.64</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3777,54 +3777,54 @@
       <c r="I34" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P34" s="4">
         <v>4.65</v>
       </c>
       <c r="Q34" s="4">
-        <v>4.65</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -4078,54 +4078,54 @@
       <c r="I39" s="13" t="s">
         <v>151</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>169</v>
       </c>
       <c r="P39" s="4">
         <v>8.26</v>
       </c>
       <c r="Q39" s="4">
-        <v>8.26</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -4139,54 +4139,54 @@
       <c r="I40" s="13" t="s">
         <v>151</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P40" s="4">
         <v>8.26</v>
       </c>
       <c r="Q40" s="4">
-        <v>8.26</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -4196,54 +4196,54 @@
       </c>
       <c r="H41" s="13" t="s">
         <v>176</v>
       </c>
       <c r="I41" s="13"/>
       <c r="J41" s="13"/>
       <c r="K41" s="4" t="s">
         <v>177</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>178</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>179</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>180</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P41" s="4">
         <v>0.94</v>
       </c>
       <c r="Q41" s="4">
-        <v>0.47</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -4318,54 +4318,54 @@
       <c r="I43" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>187</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>188</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>189</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>190</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P43" s="4">
         <v>8.09</v>
       </c>
       <c r="Q43" s="4">
-        <v>7.6</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>93.9</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>1</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -4379,54 +4379,54 @@
       <c r="I44" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>195</v>
       </c>
       <c r="P44" s="4">
         <v>4.64</v>
       </c>
       <c r="Q44" s="4">
-        <v>4.64</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>100</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4440,54 +4440,54 @@
       <c r="I45" s="13" t="s">
         <v>151</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>199</v>
       </c>
       <c r="P45" s="4">
         <v>2.79</v>
       </c>
       <c r="Q45" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>100</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4501,54 +4501,54 @@
       <c r="I46" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>203</v>
       </c>
       <c r="P46" s="4">
         <v>4.65</v>
       </c>
       <c r="Q46" s="4">
-        <v>4.65</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>1</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4562,54 +4562,54 @@
       <c r="I47" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>205</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>206</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>207</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>208</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>209</v>
       </c>
       <c r="P47" s="4">
         <v>2.25</v>
       </c>
       <c r="Q47" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>90.27</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4623,54 +4623,54 @@
       <c r="I48" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>213</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>214</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>215</v>
       </c>
       <c r="P48" s="4">
         <v>4.64</v>
       </c>
       <c r="Q48" s="4">
-        <v>4.64</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>1</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4684,54 +4684,54 @@
       <c r="I49" s="13" t="s">
         <v>151</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>217</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>218</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>219</v>
       </c>
       <c r="P49" s="4">
         <v>2.79</v>
       </c>
       <c r="Q49" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>100</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4745,54 +4745,54 @@
       <c r="I50" s="13" t="s">
         <v>151</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>221</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>222</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>223</v>
       </c>
       <c r="P50" s="4">
         <v>2.79</v>
       </c>
       <c r="Q50" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>100</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4806,54 +4806,54 @@
       <c r="I51" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>225</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>226</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>227</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>228</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>229</v>
       </c>
       <c r="P51" s="4">
         <v>1.8</v>
       </c>
       <c r="Q51" s="4">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>66.59</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>1</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4867,54 +4867,54 @@
       <c r="I52" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>231</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>232</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>233</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>234</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>235</v>
       </c>
       <c r="P52" s="4">
         <v>4.9</v>
       </c>
       <c r="Q52" s="4">
-        <v>4.9</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>100</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4928,54 +4928,54 @@
       <c r="I53" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>239</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>240</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>241</v>
       </c>
       <c r="P53" s="4">
         <v>18.23</v>
       </c>
       <c r="Q53" s="4">
-        <v>18.23</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>100</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -5046,54 +5046,54 @@
       <c r="I55" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>248</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>249</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>131</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>250</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>251</v>
       </c>
       <c r="P55" s="4">
         <v>886.96</v>
       </c>
       <c r="Q55" s="4">
-        <v>593.17</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>66.88</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>78</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -5107,54 +5107,54 @@
       <c r="I56" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>253</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>254</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>255</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>256</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>257</v>
       </c>
       <c r="P56" s="4">
         <v>746.92</v>
       </c>
       <c r="Q56" s="4">
-        <v>569</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>76.18</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>88</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -5168,54 +5168,54 @@
       <c r="I57" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>259</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>260</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>261</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>262</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>263</v>
       </c>
       <c r="P57" s="4">
         <v>29.51</v>
       </c>
       <c r="Q57" s="4">
-        <v>10.46</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>35.46</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>55</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -5229,54 +5229,54 @@
       <c r="I58" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>265</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>266</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>267</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>268</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>257</v>
       </c>
       <c r="P58" s="4">
         <v>82.49</v>
       </c>
       <c r="Q58" s="4">
-        <v>60.5</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>73.34</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>45</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -5290,54 +5290,54 @@
       <c r="I59" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>270</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>271</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>272</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>273</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>274</v>
       </c>
       <c r="P59" s="4">
         <v>30.41</v>
       </c>
       <c r="Q59" s="4">
-        <v>25.29</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>83.18</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>55</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -5347,54 +5347,54 @@
       </c>
       <c r="H60" s="13" t="s">
         <v>275</v>
       </c>
       <c r="I60" s="13"/>
       <c r="J60" s="13"/>
       <c r="K60" s="4" t="s">
         <v>276</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>277</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>278</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>279</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>280</v>
       </c>
       <c r="P60" s="4">
         <v>0.88</v>
       </c>
       <c r="Q60" s="4">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>89.09</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>20</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -5408,54 +5408,54 @@
       <c r="I61" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>282</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>283</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>284</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>285</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>286</v>
       </c>
       <c r="P61" s="4">
         <v>147.2</v>
       </c>
       <c r="Q61" s="4">
-        <v>64.02</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>43.49</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>68</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5768,54 +5768,54 @@
       <c r="I67" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>313</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>314</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>257</v>
       </c>
       <c r="P67" s="4">
         <v>17.91</v>
       </c>
       <c r="Q67" s="4">
-        <v>16.88</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>94.22</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>100</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -5829,54 +5829,54 @@
       <c r="I68" s="13" t="s">
         <v>151</v>
       </c>
       <c r="J68" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>316</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>317</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>318</v>
       </c>
       <c r="P68" s="4">
         <v>2.41</v>
       </c>
       <c r="Q68" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>99.41</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>100</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -5890,54 +5890,54 @@
       <c r="I69" s="13" t="s">
         <v>151</v>
       </c>
       <c r="J69" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>320</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>321</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>322</v>
       </c>
       <c r="P69" s="4">
         <v>8.26</v>
       </c>
       <c r="Q69" s="4">
-        <v>8.26</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>100</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -5951,54 +5951,54 @@
       <c r="I70" s="13" t="s">
         <v>324</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>325</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>326</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>327</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>328</v>
       </c>
       <c r="P70" s="4">
         <v>8.26</v>
       </c>
       <c r="Q70" s="4">
-        <v>6.41</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>77.63</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>100</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -6012,54 +6012,54 @@
       <c r="I71" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>330</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>331</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>332</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>333</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>334</v>
       </c>
       <c r="P71" s="4">
         <v>2.22</v>
       </c>
       <c r="Q71" s="4">
-        <v>2.12</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>95.23</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>100</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -6073,54 +6073,54 @@
       <c r="I72" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J72" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>336</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>337</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>338</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>339</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>340</v>
       </c>
       <c r="P72" s="4">
         <v>2.26</v>
       </c>
       <c r="Q72" s="4">
-        <v>2.24</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>99.46</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>100</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -6134,54 +6134,54 @@
       <c r="I73" s="13" t="s">
         <v>151</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>342</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>343</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>344</v>
       </c>
       <c r="P73" s="4">
         <v>8.12</v>
       </c>
       <c r="Q73" s="4">
-        <v>8.12</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>100</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -6195,54 +6195,54 @@
       <c r="I74" s="13" t="s">
         <v>346</v>
       </c>
       <c r="J74" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>347</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>348</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>173</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>349</v>
       </c>
       <c r="P74" s="4">
         <v>8.09</v>
       </c>
       <c r="Q74" s="4">
-        <v>8.09</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>70</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -6256,54 +6256,54 @@
       <c r="I75" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>351</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>352</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>353</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>354</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>355</v>
       </c>
       <c r="P75" s="4">
         <v>19.36</v>
       </c>
       <c r="Q75" s="4">
-        <v>18.41</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>95.07</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>100</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -6317,54 +6317,54 @@
       <c r="I76" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>357</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>358</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>272</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>359</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>360</v>
       </c>
       <c r="P76" s="4">
         <v>31.69</v>
       </c>
       <c r="Q76" s="4">
-        <v>31.02</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>97.9</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>100</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -6378,54 +6378,54 @@
       <c r="I77" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J77" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>362</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>363</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>239</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>240</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>364</v>
       </c>
       <c r="P77" s="4">
         <v>17.65</v>
       </c>
       <c r="Q77" s="4">
-        <v>17.58</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>99.62</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>100</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -6439,54 +6439,54 @@
       <c r="I78" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J78" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>366</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>367</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>301</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>302</v>
       </c>
       <c r="O78" s="4" t="s">
         <v>241</v>
       </c>
       <c r="P78" s="4">
         <v>7.78</v>
       </c>
       <c r="Q78" s="4">
-        <v>7.61</v>
+        <v>0</v>
       </c>
       <c r="R78" s="4">
-        <v>97.82</v>
+        <v>0</v>
       </c>
       <c r="S78" s="4">
         <v>100</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
@@ -6500,54 +6500,54 @@
       <c r="I79" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J79" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>369</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>370</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>301</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>302</v>
       </c>
       <c r="O79" s="4" t="s">
         <v>235</v>
       </c>
       <c r="P79" s="4">
         <v>8.51</v>
       </c>
       <c r="Q79" s="4">
-        <v>7.82</v>
+        <v>0</v>
       </c>
       <c r="R79" s="4">
-        <v>91.85</v>
+        <v>0</v>
       </c>
       <c r="S79" s="4">
         <v>100</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3"/>
       <c r="D80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
@@ -6561,54 +6561,54 @@
       <c r="I80" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J80" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>372</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>373</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>301</v>
       </c>
       <c r="N80" s="4" t="s">
         <v>302</v>
       </c>
       <c r="O80" s="4" t="s">
         <v>374</v>
       </c>
       <c r="P80" s="4">
         <v>8.42</v>
       </c>
       <c r="Q80" s="4">
-        <v>8.1</v>
+        <v>0</v>
       </c>
       <c r="R80" s="4">
-        <v>96.12</v>
+        <v>0</v>
       </c>
       <c r="S80" s="4">
         <v>100</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
@@ -6622,54 +6622,54 @@
       <c r="I81" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J81" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>376</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>377</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>306</v>
       </c>
       <c r="N81" s="4" t="s">
         <v>302</v>
       </c>
       <c r="O81" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P81" s="4">
         <v>2.83</v>
       </c>
       <c r="Q81" s="4">
-        <v>2.9</v>
+        <v>0</v>
       </c>
       <c r="R81" s="4">
-        <v>102.36</v>
+        <v>0</v>
       </c>
       <c r="S81" s="4">
         <v>100</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
@@ -6683,54 +6683,54 @@
       <c r="I82" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J82" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>379</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>380</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>381</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>382</v>
       </c>
       <c r="O82" s="4" t="s">
         <v>383</v>
       </c>
       <c r="P82" s="4">
         <v>34.63</v>
       </c>
       <c r="Q82" s="4">
-        <v>34.47</v>
+        <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>99.54</v>
+        <v>0</v>
       </c>
       <c r="S82" s="4">
         <v>100</v>
       </c>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
@@ -6744,54 +6744,54 @@
       <c r="I83" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J83" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>385</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>386</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>291</v>
       </c>
       <c r="N83" s="4" t="s">
         <v>387</v>
       </c>
       <c r="O83" s="4" t="s">
         <v>360</v>
       </c>
       <c r="P83" s="4">
         <v>6.53</v>
       </c>
       <c r="Q83" s="4">
-        <v>6.68</v>
+        <v>0</v>
       </c>
       <c r="R83" s="4">
-        <v>102.41</v>
+        <v>0</v>
       </c>
       <c r="S83" s="4">
         <v>100</v>
       </c>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
@@ -6805,54 +6805,54 @@
       <c r="I84" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J84" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>389</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>390</v>
       </c>
       <c r="M84" s="4" t="s">
         <v>291</v>
       </c>
       <c r="N84" s="4" t="s">
         <v>387</v>
       </c>
       <c r="O84" s="4" t="s">
         <v>241</v>
       </c>
       <c r="P84" s="4">
         <v>12.81</v>
       </c>
       <c r="Q84" s="4">
-        <v>12.74</v>
+        <v>0</v>
       </c>
       <c r="R84" s="4">
-        <v>99.51</v>
+        <v>0</v>
       </c>
       <c r="S84" s="4">
         <v>100</v>
       </c>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
@@ -7224,54 +7224,54 @@
       <c r="I91" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J91" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>418</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>419</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>420</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>421</v>
       </c>
       <c r="O91" s="4" t="s">
         <v>422</v>
       </c>
       <c r="P91" s="4">
         <v>207.67</v>
       </c>
       <c r="Q91" s="4">
-        <v>81.6</v>
+        <v>0</v>
       </c>
       <c r="R91" s="4">
-        <v>39.29</v>
+        <v>0</v>
       </c>
       <c r="S91" s="4">
         <v>50</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C92" s="3"/>
       <c r="D92" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
@@ -7529,54 +7529,54 @@
       <c r="I96" s="13" t="s">
         <v>324</v>
       </c>
       <c r="J96" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>444</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>445</v>
       </c>
       <c r="M96" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N96" s="4" t="s">
         <v>441</v>
       </c>
       <c r="O96" s="4" t="s">
         <v>446</v>
       </c>
       <c r="P96" s="4">
         <v>2.79</v>
       </c>
       <c r="Q96" s="4">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="R96" s="4">
-        <v>89.45</v>
+        <v>0</v>
       </c>
       <c r="S96" s="4">
         <v>100</v>
       </c>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C97" s="3"/>
       <c r="D97" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
@@ -7590,54 +7590,54 @@
       <c r="I97" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J97" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>448</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>449</v>
       </c>
       <c r="M97" s="4" t="s">
         <v>450</v>
       </c>
       <c r="N97" s="4" t="s">
         <v>441</v>
       </c>
       <c r="O97" s="4" t="s">
         <v>451</v>
       </c>
       <c r="P97" s="4">
         <v>13.79</v>
       </c>
       <c r="Q97" s="4">
-        <v>11.26</v>
+        <v>0</v>
       </c>
       <c r="R97" s="4">
-        <v>81.67</v>
+        <v>0</v>
       </c>
       <c r="S97" s="4">
         <v>100</v>
       </c>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C98" s="3"/>
       <c r="D98" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
@@ -7685,54 +7685,54 @@
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="7" t="s">
         <v>457</v>
       </c>
       <c r="B99" s="7"/>
       <c r="C99" s="7"/>
       <c r="D99" s="7"/>
       <c r="E99" s="11"/>
       <c r="F99" s="7"/>
       <c r="G99" s="7"/>
       <c r="H99" s="14"/>
       <c r="I99" s="14"/>
       <c r="J99" s="14"/>
       <c r="K99" s="8"/>
       <c r="L99" s="8"/>
       <c r="M99" s="8"/>
       <c r="N99" s="8"/>
       <c r="O99" s="8">
         <v>4270.18</v>
       </c>
       <c r="P99" s="8">
-        <v>2180.32</v>
+        <v>0</v>
       </c>
       <c r="Q99" s="8">
-        <v>51.06</v>
+        <v>0</v>
       </c>
       <c r="R99" s="8"/>
       <c r="S99" s="8"/>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A99:N99"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>