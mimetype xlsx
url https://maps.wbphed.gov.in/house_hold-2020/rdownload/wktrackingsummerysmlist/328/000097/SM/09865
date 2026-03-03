--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -949,54 +949,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.7</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.61</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>76.89</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1242,54 +1242,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>4.85</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.71</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>97.11</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1303,54 +1303,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P9" s="4">
         <v>3.25</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.98</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>60.76</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1421,54 +1421,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P11" s="4">
         <v>4.64</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.64</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1482,54 +1482,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="4">
         <v>3.76</v>
       </c>
       <c r="Q12" s="4">
-        <v>3.82</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>101.54</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1543,54 +1543,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>32.57</v>
       </c>
       <c r="Q13" s="4">
-        <v>24.77</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>76.04</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1952,88 +1952,88 @@
       <c r="I20" s="13" t="s">
         <v>109</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P20" s="4">
         <v>25.02</v>
       </c>
       <c r="Q20" s="4">
-        <v>21.97</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>87.82</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>90</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>114</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>126.28</v>
       </c>
       <c r="P21" s="8">
-        <v>65.5</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>51.87</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>