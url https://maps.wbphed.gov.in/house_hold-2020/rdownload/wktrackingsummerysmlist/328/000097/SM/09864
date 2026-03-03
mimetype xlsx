--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1258,54 +1258,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>15.53</v>
       </c>
       <c r="Q4" s="4">
-        <v>14.66</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>94.46</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1319,54 +1319,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>7.8</v>
       </c>
       <c r="Q5" s="4">
-        <v>7.58</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>97.17</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1893,54 +1893,54 @@
       <c r="I15" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P15" s="4">
         <v>4.46</v>
       </c>
       <c r="Q15" s="4">
-        <v>3.52</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>78.84</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2011,54 +2011,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>95</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P17" s="4">
         <v>4.75</v>
       </c>
       <c r="Q17" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2068,54 +2068,54 @@
       </c>
       <c r="H18" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P18" s="4">
         <v>4.57</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.51</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>98.62</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2127,54 +2127,54 @@
         <v>106</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P19" s="4">
         <v>1.83</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>40.28</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2188,54 +2188,54 @@
       <c r="I20" s="13" t="s">
         <v>113</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P20" s="4">
         <v>10.98</v>
       </c>
       <c r="Q20" s="4">
-        <v>10.98</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2247,54 +2247,54 @@
         <v>119</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P21" s="4">
         <v>1.63</v>
       </c>
       <c r="Q21" s="4">
-        <v>1.58</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>97.23</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2595,54 +2595,54 @@
       <c r="I27" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>150</v>
       </c>
       <c r="P27" s="4">
         <v>4.46</v>
       </c>
       <c r="Q27" s="4">
-        <v>4.43</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.23</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2656,54 +2656,54 @@
       <c r="I28" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>154</v>
       </c>
       <c r="P28" s="4">
         <v>14.3</v>
       </c>
       <c r="Q28" s="4">
-        <v>14.25</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.64</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2717,54 +2717,54 @@
       <c r="I29" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>156</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>157</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>158</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>159</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P29" s="4">
         <v>236.61</v>
       </c>
       <c r="Q29" s="4">
-        <v>176.55</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>74.62</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2778,54 +2778,54 @@
       <c r="I30" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P30" s="4">
         <v>221.99</v>
       </c>
       <c r="Q30" s="4">
-        <v>176.41</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>79.46</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>90</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2839,54 +2839,54 @@
       <c r="I31" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P31" s="4">
         <v>91.24</v>
       </c>
       <c r="Q31" s="4">
-        <v>40.38</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>44.26</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>70</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3178,54 +3178,54 @@
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="7" t="s">
         <v>198</v>
       </c>
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="11"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="14"/>
       <c r="I37" s="14"/>
       <c r="J37" s="14"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8">
         <v>712.38</v>
       </c>
       <c r="P37" s="8">
-        <v>460.33</v>
+        <v>0</v>
       </c>
       <c r="Q37" s="8">
-        <v>64.62</v>
+        <v>0</v>
       </c>
       <c r="R37" s="8"/>
       <c r="S37" s="8"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A37:N37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>