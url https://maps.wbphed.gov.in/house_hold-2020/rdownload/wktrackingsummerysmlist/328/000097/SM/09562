--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1003,54 +1003,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>7.23</v>
       </c>
       <c r="Q3" s="4">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>96.81</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1064,54 +1064,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>2.26</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>93.51</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1125,54 +1125,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>3.04</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.89</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>95.15</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1186,54 +1186,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>4.69</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.69</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1247,54 +1247,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>2.94</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.99</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>101.68</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1308,54 +1308,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>6</v>
       </c>
       <c r="Q8" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>62</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1483,54 +1483,54 @@
       <c r="I11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>11.07</v>
       </c>
       <c r="Q11" s="4">
-        <v>11.06</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1544,54 +1544,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P12" s="4">
         <v>8.28</v>
       </c>
       <c r="Q12" s="4">
-        <v>7.21</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>87.01</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1605,54 +1605,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P13" s="4">
         <v>7.02</v>
       </c>
       <c r="Q13" s="4">
-        <v>6.86</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>97.71</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1955,54 +1955,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P19" s="4">
         <v>559.19</v>
       </c>
       <c r="Q19" s="4">
-        <v>158.28</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>28.3</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>59</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2136,88 +2136,88 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P22" s="4">
         <v>83.34</v>
       </c>
       <c r="Q22" s="4">
-        <v>75.13</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>90.14</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>750.29</v>
       </c>
       <c r="P23" s="8">
-        <v>284.21</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>37.88</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>