--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1069,54 +1069,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>0.44</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>90.98</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1130,54 +1130,54 @@
       <c r="I5" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P5" s="4">
         <v>0.46</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>72.47</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1191,54 +1191,54 @@
       <c r="I6" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>8</v>
       </c>
       <c r="Q6" s="4">
-        <v>7.72</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>96.47</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1250,54 +1250,54 @@
         <v>49</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>1.83</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.81</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>98.94</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1307,54 +1307,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>4.76</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.71</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>98.82</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1368,54 +1368,54 @@
       <c r="I9" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>0.81</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.81</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.45</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1712,54 +1712,54 @@
         <v>87</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P15" s="4">
         <v>426.83</v>
       </c>
       <c r="Q15" s="4">
-        <v>307.35</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>72.01</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>80</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1773,54 +1773,54 @@
       <c r="I16" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P16" s="4">
         <v>4.03</v>
       </c>
       <c r="Q16" s="4">
-        <v>2.32</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>57.46</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>90</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1895,54 +1895,54 @@
       <c r="I18" s="13" t="s">
         <v>105</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="4">
         <v>10.32</v>
       </c>
       <c r="Q18" s="4">
-        <v>10.31</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>60</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1956,54 +1956,54 @@
       <c r="I19" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P19" s="4">
         <v>4.56</v>
       </c>
       <c r="Q19" s="4">
-        <v>4.41</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>96.59</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>103</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2131,54 +2131,54 @@
       <c r="I22" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="4">
         <v>91.09</v>
       </c>
       <c r="Q22" s="4">
-        <v>29.66</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>32.56</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>35</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2192,88 +2192,88 @@
       <c r="I23" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P23" s="4">
         <v>19.97</v>
       </c>
       <c r="Q23" s="4">
-        <v>3.26</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>16.33</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>80</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>135</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>583.45</v>
       </c>
       <c r="P24" s="8">
-        <v>373.09</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>63.94</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>