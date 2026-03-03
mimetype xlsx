--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -966,54 +966,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>4.81</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.3</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1027,54 +1027,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P4" s="4">
         <v>4.84</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.83</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1086,54 +1086,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>328.7</v>
       </c>
       <c r="Q5" s="4">
-        <v>227.41</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>69.18</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1145,54 +1145,54 @@
         <v>44</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>1.83</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>40.28</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1434,54 +1434,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>75.21</v>
       </c>
       <c r="Q11" s="4">
-        <v>72.89</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>96.91</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>1</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1613,54 +1613,54 @@
       </c>
       <c r="H14" s="13" t="s">
         <v>86</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>4.73</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.72</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.69</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1674,54 +1674,54 @@
       <c r="I15" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>7.92</v>
       </c>
       <c r="Q15" s="4">
-        <v>6.67</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>84.21</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1731,54 +1731,54 @@
       </c>
       <c r="H16" s="13" t="s">
         <v>98</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P16" s="4">
         <v>4.73</v>
       </c>
       <c r="Q16" s="4">
-        <v>4.73</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100.08</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1788,54 +1788,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P17" s="4">
         <v>14.3</v>
       </c>
       <c r="Q17" s="4">
-        <v>14.33</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100.27</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1845,54 +1845,54 @@
       </c>
       <c r="H18" s="13" t="s">
         <v>107</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P18" s="4">
         <v>9.41</v>
       </c>
       <c r="Q18" s="4">
-        <v>9.65</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>102.57</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1993,54 +1993,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>121</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>578.99</v>
       </c>
       <c r="P21" s="8">
-        <v>350.75</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>60.58</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>