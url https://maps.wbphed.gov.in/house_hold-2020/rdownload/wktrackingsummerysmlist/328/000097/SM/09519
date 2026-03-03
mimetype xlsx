--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1176,54 +1176,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>3.56</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.56</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1237,54 +1237,54 @@
       <c r="I5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>3.32</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.32</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1298,54 +1298,54 @@
       <c r="I6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>9.18</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.18</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1359,54 +1359,54 @@
       <c r="I7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>2.77</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.77</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1420,54 +1420,54 @@
       <c r="I8" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>2.77</v>
       </c>
       <c r="Q8" s="4">
-        <v>2.77</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1481,54 +1481,54 @@
       <c r="I9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P9" s="4">
         <v>4.83</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.83</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.89</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1540,54 +1540,54 @@
         <v>63</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>11.12</v>
       </c>
       <c r="Q10" s="4">
-        <v>11.45</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>103</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2242,54 +2242,54 @@
       <c r="I22" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P22" s="4">
         <v>9.19</v>
       </c>
       <c r="Q22" s="4">
-        <v>9.19</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2303,54 +2303,54 @@
       <c r="I23" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P23" s="4">
         <v>8.1</v>
       </c>
       <c r="Q23" s="4">
-        <v>7.79</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>96.18</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>1</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2362,54 +2362,54 @@
         <v>108</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P24" s="4">
         <v>10.87</v>
       </c>
       <c r="Q24" s="4">
-        <v>0.28</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>2.59</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>1</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2482,54 +2482,54 @@
         <v>127</v>
       </c>
       <c r="I26" s="13"/>
       <c r="J26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P26" s="4">
         <v>3.28</v>
       </c>
       <c r="Q26" s="4">
-        <v>3.24</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>98.91</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2659,54 +2659,54 @@
       <c r="I29" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P29" s="4">
         <v>30.33</v>
       </c>
       <c r="Q29" s="4">
-        <v>18.18</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>59.92</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2842,54 +2842,54 @@
       <c r="I32" s="13" t="s">
         <v>153</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P32" s="4">
         <v>0.73</v>
       </c>
       <c r="Q32" s="4">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2937,54 +2937,54 @@
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="7" t="s">
         <v>170</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="11"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8">
         <v>189.8</v>
       </c>
       <c r="P34" s="8">
-        <v>77.3</v>
+        <v>0</v>
       </c>
       <c r="Q34" s="8">
-        <v>40.73</v>
+        <v>0</v>
       </c>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A34:N34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>