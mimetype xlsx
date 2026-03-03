--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -2204,54 +2204,54 @@
       <c r="I22" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P22" s="4">
         <v>22.7</v>
       </c>
       <c r="Q22" s="4">
-        <v>21.88</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>96.39</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2322,54 +2322,54 @@
         <v>113</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P24" s="4">
         <v>92.47</v>
       </c>
       <c r="Q24" s="4">
-        <v>30.02</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>32.47</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>1</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2383,54 +2383,54 @@
       <c r="I25" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>122</v>
       </c>
       <c r="P25" s="4">
         <v>26.94</v>
       </c>
       <c r="Q25" s="4">
-        <v>26.87</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.76</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>123</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2786,54 +2786,54 @@
       <c r="I32" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P32" s="4">
         <v>53.46</v>
       </c>
       <c r="Q32" s="4">
-        <v>31.31</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>58.57</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2908,54 +2908,54 @@
       <c r="I34" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>156</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P34" s="4">
         <v>31.97</v>
       </c>
       <c r="Q34" s="4">
-        <v>31.87</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>99.7</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3064,54 +3064,54 @@
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="7" t="s">
         <v>170</v>
       </c>
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="11"/>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="14"/>
       <c r="I37" s="14"/>
       <c r="J37" s="14"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8">
         <v>1027.92</v>
       </c>
       <c r="P37" s="8">
-        <v>141.96</v>
+        <v>0</v>
       </c>
       <c r="Q37" s="8">
-        <v>13.81</v>
+        <v>0</v>
       </c>
       <c r="R37" s="8"/>
       <c r="S37" s="8"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A37:N37"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>