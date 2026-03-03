--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1084,54 +1084,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>40.21</v>
       </c>
       <c r="Q3" s="4">
-        <v>33.14</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>82.41</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1145,54 +1145,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>4.85</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1491,54 +1491,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>335.53</v>
       </c>
       <c r="Q10" s="4">
-        <v>345.54</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>102.98</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1674,54 +1674,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
         <v>4.65</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.65</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1735,54 +1735,54 @@
       <c r="I14" s="13" t="s">
         <v>88</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P14" s="4">
         <v>11.99</v>
       </c>
       <c r="Q14" s="4">
-        <v>10.56</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>88.13</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1967,54 +1967,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P18" s="4">
         <v>4.82</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.57</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>94.76</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2089,54 +2089,54 @@
       <c r="I20" s="13" t="s">
         <v>119</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P20" s="4">
         <v>10.12</v>
       </c>
       <c r="Q20" s="4">
-        <v>10.12</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>50</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2148,54 +2148,54 @@
         <v>125</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P21" s="4">
         <v>67.78</v>
       </c>
       <c r="Q21" s="4">
-        <v>68.45</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2209,54 +2209,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>135</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P22" s="4">
         <v>39.34</v>
       </c>
       <c r="Q22" s="4">
-        <v>40.38</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>102.65</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2270,54 +2270,54 @@
       <c r="I23" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P23" s="4">
         <v>3.11</v>
       </c>
       <c r="Q23" s="4">
-        <v>3.11</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2388,54 +2388,54 @@
       <c r="I25" s="13" t="s">
         <v>137</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>148</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>150</v>
       </c>
       <c r="P25" s="4">
         <v>0.87</v>
       </c>
       <c r="Q25" s="4">
-        <v>1.98</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>226.55</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2449,54 +2449,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P26" s="4">
         <v>52.42</v>
       </c>
       <c r="Q26" s="4">
-        <v>10.12</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>19.31</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>50</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2544,54 +2544,54 @@
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>159</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>783.97</v>
       </c>
       <c r="P28" s="8">
-        <v>537.48</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>68.56</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>