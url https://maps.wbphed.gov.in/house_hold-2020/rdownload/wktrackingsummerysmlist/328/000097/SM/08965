--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1405,54 +1405,54 @@
         <v>58</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>94.96</v>
       </c>
       <c r="Q9" s="4">
-        <v>8.59</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>9.04</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1462,54 +1462,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>4.57</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.53</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.17</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1521,54 +1521,54 @@
         <v>69</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>62.1</v>
       </c>
       <c r="Q11" s="4">
-        <v>25.34</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>40.81</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2427,54 +2427,54 @@
       <c r="I27" s="13" t="s">
         <v>129</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P27" s="4">
         <v>1.63</v>
       </c>
       <c r="Q27" s="4">
-        <v>1.63</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2488,54 +2488,54 @@
       <c r="I28" s="13" t="s">
         <v>129</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>139</v>
       </c>
       <c r="P28" s="4">
         <v>19.19</v>
       </c>
       <c r="Q28" s="4">
-        <v>18.02</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>93.89</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2547,54 +2547,54 @@
         <v>140</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>141</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>142</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P29" s="4">
         <v>4.57</v>
       </c>
       <c r="Q29" s="4">
-        <v>4.45</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>97.38</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2604,88 +2604,88 @@
       </c>
       <c r="H30" s="13" t="s">
         <v>145</v>
       </c>
       <c r="I30" s="13"/>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>149</v>
       </c>
       <c r="P30" s="4">
         <v>4.57</v>
       </c>
       <c r="Q30" s="4">
-        <v>4.63</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>101.31</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="11"/>
       <c r="F31" s="7"/>
       <c r="G31" s="7"/>
       <c r="H31" s="14"/>
       <c r="I31" s="14"/>
       <c r="J31" s="14"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8">
         <v>774.21</v>
       </c>
       <c r="P31" s="8">
-        <v>67.18</v>
+        <v>0</v>
       </c>
       <c r="Q31" s="8">
-        <v>8.68</v>
+        <v>0</v>
       </c>
       <c r="R31" s="8"/>
       <c r="S31" s="8"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>